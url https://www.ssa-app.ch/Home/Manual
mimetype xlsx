--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -1,76 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr showInkAnnotation="0" codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/58564D1490910A10/agiflex GmbH/Templates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/58564d1490910a10/agiflex GmbH/Templates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1174" documentId="8_{A8DB6B67-269D-408A-8338-9517F361E73B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{338B3CFE-85CE-4714-AA52-FE03DA759B33}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C2765780-FD24-47D5-999A-B1222EB8A9D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4590" yWindow="615" windowWidth="25755" windowHeight="18000" tabRatio="704" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="24225" yWindow="1395" windowWidth="20160" windowHeight="16515" tabRatio="704" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Erfassung" sheetId="3" r:id="rId1"/>
-    <sheet name="% Änderung unter Jahr" sheetId="13" r:id="rId2"/>
+    <sheet name="% Änderung unter Jahr" sheetId="13" state="hidden" r:id="rId2"/>
     <sheet name="Feiertage und Ferien" sheetId="4" r:id="rId3"/>
     <sheet name="Kantonale Abweichungen" sheetId="11" state="hidden" r:id="rId4"/>
     <sheet name="Arbeitszeiten" sheetId="9" r:id="rId5"/>
     <sheet name="Arbeitstage" sheetId="10" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_C">NA()</definedName>
     <definedName name="A">NA()</definedName>
     <definedName name="A_1">"$#REF!.$E$47"</definedName>
     <definedName name="A_2">#REF!</definedName>
     <definedName name="A_2_7" localSheetId="5">Arbeitstage!#REF!</definedName>
     <definedName name="A_2_7" localSheetId="4">Arbeitszeiten!#REF!</definedName>
     <definedName name="A_2_7">#REF!</definedName>
     <definedName name="B">NA()</definedName>
     <definedName name="B_1">"$#REF!.$E$48"</definedName>
     <definedName name="B_2">#REF!</definedName>
     <definedName name="B_2_7" localSheetId="5">Arbeitstage!#REF!</definedName>
     <definedName name="B_2_7" localSheetId="4">Arbeitszeiten!#REF!</definedName>
     <definedName name="B_2_7">#REF!</definedName>
     <definedName name="C_1">"$#REF!.$E$49"</definedName>
     <definedName name="C_2">#REF!</definedName>
     <definedName name="C_2_7" localSheetId="5">Arbeitstage!#REF!</definedName>
     <definedName name="C_2_7" localSheetId="4">Arbeitszeiten!$E$47</definedName>
     <definedName name="C_2_7">#REF!</definedName>
     <definedName name="cdd">"$#REF!.$F$52"</definedName>
@@ -109,90 +108,136 @@
     <definedName name="H_2_7" localSheetId="4">Arbeitszeiten!$E$49</definedName>
     <definedName name="H_2_7">#REF!</definedName>
     <definedName name="index.php?geo_71_jahr_2010_klasse_5_hl_de_hidepast_0_3">NA()</definedName>
     <definedName name="mm">NA()</definedName>
     <definedName name="mm_1">"$#REF!.$F$56"</definedName>
     <definedName name="mm_2">"$#REF!.$F$56"</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G8" i="4" l="1" a="1"/>
-  <c r="G8" i="4" s="1"/>
+  <c r="G9" i="4" l="1"/>
+  <c r="H9" i="4"/>
+  <c r="I9" i="4"/>
+  <c r="G10" i="4"/>
+  <c r="H10" i="4"/>
+  <c r="I10" i="4"/>
+  <c r="G11" i="4"/>
+  <c r="H11" i="4"/>
+  <c r="I11" i="4"/>
+  <c r="G12" i="4"/>
+  <c r="H12" i="4"/>
+  <c r="I12" i="4"/>
+  <c r="G13" i="4"/>
+  <c r="H13" i="4"/>
+  <c r="I13" i="4"/>
+  <c r="H8" i="4"/>
+  <c r="I8" i="4"/>
+  <c r="G8" i="4"/>
+  <c r="B14" i="4"/>
+  <c r="B15" i="4"/>
+  <c r="B16" i="4"/>
+  <c r="B17" i="4"/>
+  <c r="B18" i="4"/>
+  <c r="B19" i="4"/>
+  <c r="B20" i="4"/>
+  <c r="B21" i="4"/>
+  <c r="B22" i="4"/>
+  <c r="A14" i="4"/>
+  <c r="A15" i="4"/>
+  <c r="A16" i="4"/>
+  <c r="A17" i="4"/>
+  <c r="A18" i="4"/>
+  <c r="A19" i="4"/>
+  <c r="A20" i="4"/>
+  <c r="A21" i="4"/>
+  <c r="A22" i="4"/>
+  <c r="O17" i="4" a="1"/>
+  <c r="N7" i="4" a="1"/>
   <c r="A3" i="10"/>
   <c r="B4" i="10" s="1"/>
   <c r="A2" i="9"/>
   <c r="B3" i="9" s="1"/>
   <c r="D1" i="4" a="1"/>
   <c r="D1" i="4" s="1"/>
   <c r="G5" i="3"/>
   <c r="AI4" i="9" s="1"/>
   <c r="L5" i="3"/>
   <c r="G5" i="13" s="1"/>
   <c r="H5" i="3"/>
   <c r="C5" i="13" s="1"/>
   <c r="I5" i="3"/>
   <c r="D5" i="13" s="1"/>
   <c r="J5" i="3"/>
   <c r="E5" i="13" s="1"/>
   <c r="K5" i="3"/>
   <c r="F5" i="13" s="1"/>
   <c r="M5" i="3"/>
   <c r="H5" i="13" s="1"/>
   <c r="N5" i="3"/>
   <c r="I5" i="13" s="1"/>
   <c r="O5" i="3"/>
   <c r="J5" i="13" s="1"/>
   <c r="P5" i="3"/>
   <c r="K5" i="13" s="1"/>
   <c r="Q5" i="3"/>
   <c r="L5" i="13" s="1"/>
   <c r="R5" i="3"/>
   <c r="M5" i="13" s="1"/>
-  <c r="B5" i="13" l="1"/>
-  <c r="AD7" i="10" a="1"/>
+  <c r="N7" i="4" l="1"/>
+  <c r="O17" i="4"/>
+  <c r="A9" i="4" s="1"/>
+  <c r="B10" i="4"/>
+  <c r="A10" i="4"/>
+  <c r="A12" i="4"/>
+  <c r="B12" i="4"/>
+  <c r="A13" i="4"/>
+  <c r="A11" i="4"/>
+  <c r="B9" i="4"/>
+  <c r="B13" i="4"/>
+  <c r="B11" i="4"/>
+  <c r="B5" i="13"/>
+  <c r="B4" i="9"/>
+  <c r="AI5" i="10"/>
+  <c r="AD7" i="10" l="1" a="1"/>
   <c r="AD7" i="10" s="1"/>
-  <c r="A9" i="4" a="1"/>
-[...3 lines deleted...]
-  <c r="AF28" i="9" l="1"/>
+  <c r="AF28" i="9"/>
   <c r="AF7" i="9"/>
   <c r="AD7" i="9"/>
   <c r="AF34" i="9"/>
   <c r="AF13" i="9"/>
   <c r="AE7" i="9"/>
   <c r="AF19" i="9"/>
   <c r="AI10" i="9"/>
   <c r="AI13" i="9"/>
   <c r="AI9" i="10" l="1"/>
   <c r="AI11" i="10"/>
   <c r="AI19" i="9"/>
   <c r="AF25" i="10"/>
   <c r="AF35" i="9" s="1"/>
   <c r="AF21" i="10"/>
   <c r="AF29" i="9" s="1"/>
   <c r="AF15" i="10"/>
   <c r="AF20" i="9" s="1"/>
   <c r="AF11" i="10"/>
   <c r="AF14" i="9" s="1"/>
   <c r="AE7" i="10"/>
   <c r="AE8" i="9" s="1"/>
   <c r="AF7" i="10"/>
   <c r="AF8" i="9" s="1"/>
   <c r="B5" i="10"/>
   <c r="B5" i="9" s="1"/>
@@ -1632,52 +1677,51 @@
   <c r="AC23" i="9" s="1"/>
   <c r="AD21" i="9" l="1"/>
   <c r="AD22" i="9" s="1"/>
   <c r="AD23" i="9" s="1"/>
   <c r="AE21" i="9" l="1"/>
   <c r="AE22" i="9" s="1"/>
   <c r="AE23" i="9" s="1"/>
   <c r="AF21" i="9" l="1"/>
   <c r="AF22" i="9" s="1"/>
   <c r="AF23" i="9" s="1"/>
   <c r="B24" i="9" l="1"/>
   <c r="B25" i="9" s="1"/>
   <c r="B26" i="9" s="1"/>
   <c r="AI23" i="9" l="1"/>
   <c r="AK23" i="9" s="1"/>
   <c r="H10" i="13" s="1"/>
   <c r="AJ23" i="9"/>
   <c r="C24" i="9"/>
   <c r="C25" i="9" s="1"/>
   <c r="C26" i="9" s="1"/>
   <c r="H9" i="13" l="1"/>
   <c r="M14" i="3"/>
   <c r="D24" i="9"/>
   <c r="D25" i="9" s="1"/>
   <c r="D26" i="9" s="1"/>
-  <c r="H11" i="13" l="1"/>
-  <c r="E24" i="9"/>
+  <c r="E24" i="9" l="1"/>
   <c r="E25" i="9" s="1"/>
   <c r="E26" i="9" s="1"/>
   <c r="F24" i="9" l="1"/>
   <c r="F25" i="9" s="1"/>
   <c r="F26" i="9" s="1"/>
   <c r="G24" i="9" l="1"/>
   <c r="G25" i="9" s="1"/>
   <c r="G26" i="9" s="1"/>
   <c r="H24" i="9" l="1"/>
   <c r="H25" i="9" s="1"/>
   <c r="H26" i="9" s="1"/>
   <c r="I24" i="9" l="1"/>
   <c r="I25" i="9" s="1"/>
   <c r="I26" i="9" s="1"/>
   <c r="J24" i="9" l="1"/>
   <c r="J25" i="9" s="1"/>
   <c r="J26" i="9" s="1"/>
   <c r="K24" i="9" l="1"/>
   <c r="K25" i="9" s="1"/>
   <c r="K26" i="9" s="1"/>
   <c r="L24" i="9" l="1"/>
   <c r="L25" i="9" s="1"/>
   <c r="L26" i="9" s="1"/>
   <c r="M24" i="9" l="1"/>
   <c r="M25" i="9" s="1"/>
@@ -1732,52 +1776,51 @@
   <c r="AC26" i="9" s="1"/>
   <c r="AD24" i="9" l="1"/>
   <c r="AD25" i="9" s="1"/>
   <c r="AD26" i="9" s="1"/>
   <c r="AE24" i="9" l="1"/>
   <c r="AE25" i="9" s="1"/>
   <c r="AE26" i="9" s="1"/>
   <c r="AF24" i="9" l="1"/>
   <c r="AF25" i="9" s="1"/>
   <c r="AF26" i="9" s="1"/>
   <c r="B27" i="9" l="1"/>
   <c r="B28" i="9" s="1"/>
   <c r="B29" i="9" s="1"/>
   <c r="AI26" i="9" l="1"/>
   <c r="AK26" i="9" s="1"/>
   <c r="I10" i="13" s="1"/>
   <c r="AJ26" i="9"/>
   <c r="C27" i="9"/>
   <c r="C28" i="9" s="1"/>
   <c r="C29" i="9" s="1"/>
   <c r="I9" i="13" l="1"/>
   <c r="N14" i="3"/>
   <c r="D27" i="9"/>
   <c r="D28" i="9" s="1"/>
   <c r="D29" i="9" s="1"/>
-  <c r="I11" i="13" l="1"/>
-  <c r="E27" i="9"/>
+  <c r="E27" i="9" l="1"/>
   <c r="E28" i="9" s="1"/>
   <c r="E29" i="9" s="1"/>
   <c r="F27" i="9" l="1"/>
   <c r="F28" i="9" s="1"/>
   <c r="F29" i="9" s="1"/>
   <c r="G27" i="9" l="1"/>
   <c r="G28" i="9" s="1"/>
   <c r="G29" i="9" s="1"/>
   <c r="H27" i="9" l="1"/>
   <c r="H28" i="9" s="1"/>
   <c r="H29" i="9" s="1"/>
   <c r="I27" i="9" l="1"/>
   <c r="I28" i="9" s="1"/>
   <c r="I29" i="9" s="1"/>
   <c r="J27" i="9" l="1"/>
   <c r="J28" i="9" s="1"/>
   <c r="J29" i="9" s="1"/>
   <c r="K27" i="9" l="1"/>
   <c r="K28" i="9" s="1"/>
   <c r="K29" i="9" s="1"/>
   <c r="L27" i="9" l="1"/>
   <c r="L28" i="9" s="1"/>
   <c r="L29" i="9" s="1"/>
   <c r="M27" i="9" l="1"/>
   <c r="M28" i="9" s="1"/>
@@ -1829,52 +1872,51 @@
   <c r="AB29" i="9" s="1"/>
   <c r="AC27" i="9" l="1"/>
   <c r="AC28" i="9" s="1"/>
   <c r="AC29" i="9" s="1"/>
   <c r="AD27" i="9" l="1"/>
   <c r="AD28" i="9" s="1"/>
   <c r="AD29" i="9" s="1"/>
   <c r="AE27" i="9" l="1"/>
   <c r="AE28" i="9" s="1"/>
   <c r="AE29" i="9" s="1"/>
   <c r="B30" i="9" l="1"/>
   <c r="B31" i="9" s="1"/>
   <c r="B32" i="9" s="1"/>
   <c r="AI29" i="9" l="1"/>
   <c r="AK29" i="9" s="1"/>
   <c r="J10" i="13" s="1"/>
   <c r="AJ29" i="9"/>
   <c r="C30" i="9"/>
   <c r="C31" i="9" s="1"/>
   <c r="C32" i="9" s="1"/>
   <c r="J9" i="13" l="1"/>
   <c r="O14" i="3"/>
   <c r="D30" i="9"/>
   <c r="D31" i="9" s="1"/>
   <c r="D32" i="9" s="1"/>
-  <c r="J11" i="13" l="1"/>
-  <c r="E30" i="9"/>
+  <c r="E30" i="9" l="1"/>
   <c r="E31" i="9" s="1"/>
   <c r="E32" i="9" s="1"/>
   <c r="F30" i="9" l="1"/>
   <c r="F31" i="9" s="1"/>
   <c r="F32" i="9" s="1"/>
   <c r="G30" i="9" l="1"/>
   <c r="G31" i="9" s="1"/>
   <c r="G32" i="9" s="1"/>
   <c r="H30" i="9" l="1"/>
   <c r="H31" i="9" s="1"/>
   <c r="H32" i="9" s="1"/>
   <c r="I30" i="9" l="1"/>
   <c r="I31" i="9" s="1"/>
   <c r="I32" i="9" s="1"/>
   <c r="J30" i="9" l="1"/>
   <c r="J31" i="9" s="1"/>
   <c r="J32" i="9" s="1"/>
   <c r="K30" i="9" l="1"/>
   <c r="K31" i="9" s="1"/>
   <c r="K32" i="9" s="1"/>
   <c r="L30" i="9" l="1"/>
   <c r="L31" i="9" s="1"/>
   <c r="L32" i="9" s="1"/>
   <c r="M30" i="9" l="1"/>
   <c r="M31" i="9" s="1"/>
@@ -1929,52 +1971,51 @@
   <c r="AC32" i="9" s="1"/>
   <c r="AD30" i="9" l="1"/>
   <c r="AD31" i="9" s="1"/>
   <c r="AD32" i="9" s="1"/>
   <c r="AE30" i="9" l="1"/>
   <c r="AE31" i="9" s="1"/>
   <c r="AE32" i="9" s="1"/>
   <c r="AF30" i="9" l="1"/>
   <c r="AF31" i="9" s="1"/>
   <c r="AF32" i="9" s="1"/>
   <c r="B33" i="9" l="1"/>
   <c r="B34" i="9" s="1"/>
   <c r="B35" i="9" s="1"/>
   <c r="C33" i="9" l="1"/>
   <c r="C34" i="9" s="1"/>
   <c r="C35" i="9" s="1"/>
   <c r="AI32" i="9"/>
   <c r="AK32" i="9" s="1"/>
   <c r="K10" i="13" s="1"/>
   <c r="AJ32" i="9"/>
   <c r="K9" i="13" l="1"/>
   <c r="P14" i="3"/>
   <c r="D33" i="9"/>
   <c r="D34" i="9" s="1"/>
   <c r="D35" i="9" s="1"/>
-  <c r="K11" i="13" l="1"/>
-  <c r="E33" i="9"/>
+  <c r="E33" i="9" l="1"/>
   <c r="E34" i="9" s="1"/>
   <c r="E35" i="9" s="1"/>
   <c r="F33" i="9" l="1"/>
   <c r="F34" i="9" s="1"/>
   <c r="F35" i="9" s="1"/>
   <c r="G33" i="9" l="1"/>
   <c r="G34" i="9" s="1"/>
   <c r="G35" i="9" s="1"/>
   <c r="H33" i="9" l="1"/>
   <c r="H34" i="9" s="1"/>
   <c r="H35" i="9" s="1"/>
   <c r="I33" i="9" l="1"/>
   <c r="I34" i="9" s="1"/>
   <c r="I35" i="9" s="1"/>
   <c r="J33" i="9" l="1"/>
   <c r="J34" i="9" s="1"/>
   <c r="J35" i="9" s="1"/>
   <c r="K33" i="9" l="1"/>
   <c r="K34" i="9" s="1"/>
   <c r="K35" i="9" s="1"/>
   <c r="L33" i="9" l="1"/>
   <c r="L34" i="9" s="1"/>
   <c r="L35" i="9" s="1"/>
   <c r="M33" i="9" l="1"/>
   <c r="M34" i="9" s="1"/>
@@ -2026,52 +2067,51 @@
   <c r="AB35" i="9" s="1"/>
   <c r="AC33" i="9" l="1"/>
   <c r="AC34" i="9" s="1"/>
   <c r="AC35" i="9" s="1"/>
   <c r="AD33" i="9" l="1"/>
   <c r="AD34" i="9" s="1"/>
   <c r="AD35" i="9" s="1"/>
   <c r="AE33" i="9" l="1"/>
   <c r="AE34" i="9" s="1"/>
   <c r="AE35" i="9" s="1"/>
   <c r="B36" i="9" l="1"/>
   <c r="B37" i="9" s="1"/>
   <c r="B38" i="9" s="1"/>
   <c r="AI35" i="9" l="1"/>
   <c r="AK35" i="9" s="1"/>
   <c r="L10" i="13" s="1"/>
   <c r="AJ35" i="9"/>
   <c r="C36" i="9"/>
   <c r="C37" i="9" s="1"/>
   <c r="C38" i="9" s="1"/>
   <c r="L9" i="13" l="1"/>
   <c r="Q14" i="3"/>
   <c r="D36" i="9"/>
   <c r="D37" i="9" s="1"/>
   <c r="D38" i="9" s="1"/>
-  <c r="L11" i="13" l="1"/>
-  <c r="E36" i="9"/>
+  <c r="E36" i="9" l="1"/>
   <c r="E37" i="9" s="1"/>
   <c r="E38" i="9" s="1"/>
   <c r="F36" i="9" l="1"/>
   <c r="F37" i="9" s="1"/>
   <c r="F38" i="9" s="1"/>
   <c r="G36" i="9" l="1"/>
   <c r="G37" i="9" s="1"/>
   <c r="G38" i="9" s="1"/>
   <c r="H36" i="9" l="1"/>
   <c r="H37" i="9" s="1"/>
   <c r="H38" i="9" s="1"/>
   <c r="I36" i="9" l="1"/>
   <c r="I37" i="9" s="1"/>
   <c r="I38" i="9" s="1"/>
   <c r="J36" i="9" l="1"/>
   <c r="J37" i="9" s="1"/>
   <c r="J38" i="9" s="1"/>
   <c r="K36" i="9" l="1"/>
   <c r="K37" i="9" s="1"/>
   <c r="K38" i="9" s="1"/>
   <c r="L36" i="9" l="1"/>
   <c r="L37" i="9" s="1"/>
   <c r="L38" i="9" s="1"/>
   <c r="M36" i="9" l="1"/>
   <c r="M37" i="9" s="1"/>
@@ -2125,178 +2165,183 @@
   <c r="AC37" i="9" s="1"/>
   <c r="AC38" i="9" s="1"/>
   <c r="AD36" i="9" l="1"/>
   <c r="AD37" i="9" s="1"/>
   <c r="AD38" i="9" s="1"/>
   <c r="AE36" i="9" l="1"/>
   <c r="AE37" i="9" s="1"/>
   <c r="AE38" i="9" s="1"/>
   <c r="AF36" i="9" l="1"/>
   <c r="AF37" i="9" s="1"/>
   <c r="AF38" i="9" s="1"/>
   <c r="AI38" i="9" l="1"/>
   <c r="AK38" i="9" s="1"/>
   <c r="M10" i="13" s="1"/>
   <c r="N13" i="13" s="1" a="1"/>
   <c r="N13" i="13" s="1"/>
   <c r="AJ38" i="9"/>
   <c r="M9" i="13" s="1"/>
   <c r="N10" i="13" l="1"/>
   <c r="AK44" i="9"/>
   <c r="B14" i="3" s="1"/>
   <c r="R14" i="3"/>
   <c r="S14" i="3" s="1"/>
   <c r="AK41" i="9"/>
   <c r="N9" i="13" l="1"/>
-  <c r="M11" i="13"/>
   <c r="AG5" i="9"/>
   <c r="AH5" i="9" s="1"/>
   <c r="AK4" i="9" s="1"/>
   <c r="AG20" i="9"/>
   <c r="AH20" i="9" s="1"/>
   <c r="AK19" i="9" s="1"/>
   <c r="AG14" i="9"/>
   <c r="AH14" i="9" s="1"/>
   <c r="AK13" i="9" s="1"/>
   <c r="AG32" i="9"/>
   <c r="AH32" i="9" s="1"/>
   <c r="AK31" i="9" s="1"/>
   <c r="AG8" i="9"/>
   <c r="AH8" i="9" s="1"/>
   <c r="AK7" i="9" s="1"/>
   <c r="AG26" i="9"/>
   <c r="AH26" i="9" s="1"/>
   <c r="AK25" i="9" s="1"/>
   <c r="AG17" i="9"/>
   <c r="AH17" i="9" s="1"/>
   <c r="AK16" i="9" s="1"/>
   <c r="AG35" i="9"/>
   <c r="AH35" i="9" s="1"/>
   <c r="AK34" i="9" s="1"/>
   <c r="AG23" i="9"/>
   <c r="AH23" i="9" s="1"/>
   <c r="AK22" i="9" s="1"/>
   <c r="AG29" i="9"/>
   <c r="AH29" i="9" s="1"/>
   <c r="AK28" i="9" s="1"/>
   <c r="AG38" i="9"/>
   <c r="AH38" i="9" s="1"/>
   <c r="AK37" i="9" s="1"/>
   <c r="AG11" i="9"/>
   <c r="AH11" i="9" s="1"/>
   <c r="AK10" i="9" s="1"/>
   <c r="AK43" i="9" l="1"/>
   <c r="C14" i="3" l="1"/>
   <c r="S13" i="3" l="1"/>
   <c r="G23" i="3" s="1"/>
   <c r="B6" i="13" s="1"/>
   <c r="C22" i="3"/>
   <c r="C24" i="3" s="1"/>
   <c r="E31" i="3" s="1"/>
   <c r="G26" i="3"/>
   <c r="J23" i="3"/>
   <c r="E6" i="13" s="1"/>
   <c r="M23" i="3"/>
   <c r="H6" i="13" s="1"/>
-  <c r="H12" i="13" s="1"/>
   <c r="N23" i="3"/>
   <c r="I6" i="13" s="1"/>
-  <c r="I12" i="13" s="1"/>
   <c r="Q23" i="3"/>
   <c r="L6" i="13" s="1"/>
-  <c r="L12" i="13" s="1"/>
   <c r="R23" i="3"/>
   <c r="M6" i="13" s="1"/>
-  <c r="M12" i="13" s="1"/>
   <c r="I23" i="3"/>
   <c r="D6" i="13" s="1"/>
   <c r="K23" i="3"/>
   <c r="F6" i="13" s="1"/>
   <c r="L23" i="3"/>
   <c r="G6" i="13" s="1"/>
   <c r="O23" i="3"/>
   <c r="J6" i="13" s="1"/>
-  <c r="J12" i="13" s="1"/>
   <c r="P23" i="3"/>
   <c r="K6" i="13" s="1"/>
-  <c r="K12" i="13" s="1"/>
   <c r="H23" i="3"/>
   <c r="C6" i="13" s="1"/>
   <c r="E34" i="3"/>
   <c r="E28" i="3"/>
   <c r="E30" i="3"/>
   <c r="E27" i="3"/>
   <c r="E32" i="3"/>
   <c r="E33" i="3"/>
   <c r="E26" i="3"/>
   <c r="E29" i="3"/>
-  <c r="F12" i="13" l="1"/>
+  <c r="K12" i="13" l="1"/>
+  <c r="K11" i="13"/>
+  <c r="I12" i="13"/>
+  <c r="I11" i="13"/>
+  <c r="J12" i="13"/>
+  <c r="J11" i="13"/>
+  <c r="L12" i="13"/>
+  <c r="L11" i="13"/>
+  <c r="M12" i="13"/>
+  <c r="M11" i="13"/>
+  <c r="H12" i="13"/>
+  <c r="H11" i="13"/>
+  <c r="F12" i="13"/>
   <c r="F14" i="13"/>
   <c r="C14" i="13"/>
   <c r="C12" i="13"/>
   <c r="G12" i="13"/>
   <c r="G14" i="13"/>
   <c r="D14" i="13"/>
   <c r="D12" i="13"/>
   <c r="E14" i="13"/>
   <c r="E12" i="13"/>
   <c r="B12" i="13"/>
   <c r="B13" i="13"/>
   <c r="B14" i="13"/>
   <c r="N12" i="13" a="1"/>
   <c r="N12" i="13" s="1"/>
   <c r="B11" i="13"/>
   <c r="C13" i="13"/>
   <c r="E13" i="13"/>
   <c r="F13" i="13"/>
   <c r="D13" i="13"/>
   <c r="C11" i="13"/>
   <c r="G11" i="13"/>
   <c r="F11" i="13"/>
   <c r="E11" i="13"/>
   <c r="D11" i="13"/>
   <c r="R24" i="3"/>
   <c r="E35" i="3"/>
   <c r="G35" i="3" s="1"/>
   <c r="M14" i="13" l="1"/>
   <c r="H14" i="13"/>
   <c r="I14" i="13"/>
   <c r="J14" i="13"/>
   <c r="K14" i="13"/>
   <c r="L14" i="13"/>
   <c r="H13" i="13"/>
   <c r="J13" i="13"/>
   <c r="L13" i="13"/>
   <c r="G13" i="13"/>
   <c r="I13" i="13"/>
   <c r="K13" i="13"/>
   <c r="M13" i="13"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="534" uniqueCount="144">
   <si>
     <t>Jahr</t>
   </si>
@@ -2470,77 +2515,50 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (nur für Berechnung Arbeitstage relevant):</t>
     </r>
   </si>
   <si>
     <t>Jahresarbeitszeit</t>
   </si>
   <si>
     <t>Mt.</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>https://ssa-app.ch/SchoolHours</t>
   </si>
   <si>
     <t>Total Schul-Arbeitstage:</t>
   </si>
   <si>
-    <r>
-[...25 lines deleted...]
-  <si>
     <t>Sollzeiten Schulhäuser</t>
   </si>
   <si>
     <t>Name Schulhaus</t>
   </si>
   <si>
     <t>Stellenprozente</t>
   </si>
   <si>
     <t>Total Stunden</t>
   </si>
   <si>
     <t>Jahres AZ-Ferien:</t>
   </si>
   <si>
     <t>Saldovotrag Vorjahr:</t>
   </si>
   <si>
     <t>Schulhaus 1</t>
   </si>
   <si>
     <t>Schulhaus 2</t>
   </si>
   <si>
     <t>Schulhaus 3</t>
@@ -2555,110 +2573,50 @@
     <t>Total Stunden:</t>
   </si>
   <si>
     <t>Total:</t>
   </si>
   <si>
     <t>Feiertage in der Schweiz</t>
   </si>
   <si>
     <t>im ssa-app/DossierManager erfassen.</t>
   </si>
   <si>
     <t>Feiertage (obere Zeile)</t>
   </si>
   <si>
     <t>Ferien (untere Zeile)</t>
   </si>
   <si>
     <t>Wochenende oder Kalenderende</t>
   </si>
   <si>
     <t>Anleitung zur Berechung eines halber Feiertages oder zusätzlichen Ferien</t>
   </si>
   <si>
     <t>Komp. Tagessoll</t>
-  </si>
-[...58 lines deleted...]
-    </r>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Neujahr</t>
   </si>
   <si>
     <t>Bundesfeier</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Berchtoldstag</t>
   </si>
   <si>
     <t>Fronleichnam</t>
   </si>
@@ -2728,56 +2686,50 @@
   <si>
     <t>ZH</t>
   </si>
   <si>
     <t>Sportferien</t>
   </si>
   <si>
     <t>Fasnachtsferien</t>
   </si>
   <si>
     <t>Osterferien</t>
   </si>
   <si>
     <t>Administration --&gt; Arbeitszeiten</t>
   </si>
   <si>
     <t>Nun musst du entscheiden, ob du die Monatsarbeitszeit oder die Jahresarbeitszeit erfassen möchtest. In beiden Fällen solltest du die Anzahl Arbeitstage nochmals überprüfen. Am besten vergleichst du sie direkt mit deinem Kalender, um sicherzustellen, dass Arbeitstage, Ferien und Feiertage korrekt berücksichtigt sind. Du kannst die Arbeitstage bei Bedarf anpassen. Diese Änderungen beeinflussen nicht die gesamte Soll-Arbeitszeit, die du leisten musst, sondern lediglich deren Verteilung auf die einzelnen Monate (da du 12-13 Wochen Schulferien hast).</t>
   </si>
   <si>
     <t>*die obigen hellgrauen Werte können verändert und angepasst werden</t>
   </si>
   <si>
     <t>*Bitte die weissen Felder anpassen, die Stellenprozente sind ein Beispielwert</t>
   </si>
   <si>
-    <t>Arbeitsberechnung mit Jahresarbeitszeit</t>
-[...4 lines deleted...]
-  <si>
     <t>Arbeitszeitberechnung mit Monatliche Arbeitszeit</t>
   </si>
   <si>
     <t xml:space="preserve">Optional kannst du hier deine Sollzeit für verschiedene Schulhäuser oder Gemeinden berechnen und eintragen. </t>
   </si>
   <si>
     <t>Falls du deine Sollzeit pro Monat ausrechnen möchtest, fahre hier weiter</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">im ssa-app oder DossierManager unter Administration, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Monatliche Arbeitstage</t>
     </r>
     <r>
@@ -2830,64 +2782,170 @@
   <si>
     <t>*die obigen, hellgrauen Prozente können pro Monat geändert werden</t>
   </si>
   <si>
     <t>Neue Zeit</t>
   </si>
   <si>
     <t>Zählen</t>
   </si>
   <si>
     <t>Änderung ab:</t>
   </si>
   <si>
     <t>Die Schulsozialarbeit muss die Schulferien in der Regel vorarbeiten, da im Arbeitsvertrag meist nur vier bis sechs Wochen bezahlter Urlaub vorgesehen sind. Die Schulen hingegen haben rund zwölf bis dreizehn Wochen Ferien (je nach Kanton leicht unterschiedlich, siehe offizielle Ferienübersicht Schweiz). Die während der zusätzlichen Schulferien anfallende Zeit wird deshalb vorgängig erarbeitet. Wenn du bis Juli mit einem Pensum von 30 % gearbeitet hast und ab August auf 60 % wechselst, stimmt die Sollzeit rückwirkend nicht mehr, da die Berechnung stets auf das gesamte Kalenderjahr bezogen ist. In dieser Tabelle wird deshalb zuerst dein bisheriger Beschäftigungsgrad berechnet, anschliessend dein neuer. Daraus wird die Sollarbeitszeit so angepasst, dass sie rückwirkend korrekt ausgewiesen wird.</t>
   </si>
   <si>
     <t>1. Erfasse deine bisherige Arbeitszeit unter Erfassung. Also wenn du 80% arbeitest, dann trage von Januar bis Dezember 80% ein.</t>
   </si>
   <si>
     <t>2. Erfasse bei Änderung ab (A7) ab welchem Monat du die Prozente änderst. Trage dann die Prozente bei den Monaten ein.</t>
   </si>
   <si>
     <t>3. Übertrage die obigen Zahlen nun in unserem Tool unter Administration --&gt; Monatliche Arbeitszeiten. Du brauchst nur die neuen Zahlen zu ändern.</t>
   </si>
   <si>
-    <t>*Falls du die obige Liste ändern möchtest, bitte die Liste kopieren und dann als "WERTE" einfügen.</t>
+    <t>*Falls du die obige Liste anpassen willst, ändere die Daten direkt. Die Reihenfolge spielt keine Rolle.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">im ssa-app oder DossierManager unter Administration, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Arbeitszeiten </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>eintragen:</t>
+    </r>
+  </si>
+  <si>
+    <t>Administration, Arbeitszeiten --&gt; Arbeitstage</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">im ssa-app oder DossierManager unter Administration, Arbeitszeiten --&gt; </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Arbeitstage</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">im ssa-app uner </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Schulhäuser/Gemeinden</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> oder im DossierManager unter </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Standorte</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>eintragen:</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[h]:mm"/>
     <numFmt numFmtId="165" formatCode="mmm"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="dd/mm"/>
   </numFmts>
-  <fonts count="56" x14ac:knownFonts="1">
+  <fonts count="57" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
@@ -3233,52 +3291,60 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="2" tint="-9.9978637043366805E-2"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="67">
+  <fills count="69">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -3548,56 +3614,50 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFC00926"/>
         <bgColor indexed="34"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1A9BD3"/>
         <bgColor indexed="34"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF1A9BD3"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="34"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
@@ -3618,52 +3678,70 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC00000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="105">
+  <borders count="108">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -4971,50 +5049,89 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="14" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="39" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="40" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="33" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="39" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="41" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="40" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="19" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="31" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="42" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="43" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="37" borderId="0"/>
@@ -5050,51 +5167,51 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="4"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="6"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="8"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="5"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="46" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="46" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="47" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="38" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="270">
+  <cellXfs count="275">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="58"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="58" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="58" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="58" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="58" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="58" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="58" applyFont="1"/>
     <xf numFmtId="20" fontId="18" fillId="0" borderId="0" xfId="58" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="58" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="58" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -5342,394 +5459,411 @@
     </xf>
     <xf numFmtId="2" fontId="22" fillId="34" borderId="68" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="22" fillId="34" borderId="68" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="34" fillId="53" borderId="37" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="34" fillId="53" borderId="31" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="34" fillId="53" borderId="31" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="34" fillId="53" borderId="59" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="34" fillId="53" borderId="68" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="166" fontId="44" fillId="54" borderId="61" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1"/>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="46" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="50" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="55" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="52" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="17" fillId="52" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="45" fillId="56" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="45" fillId="55" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="57" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="56" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="57" borderId="73" xfId="0" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="56" borderId="73" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="56" borderId="73" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="57" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="9" fontId="0" fillId="57" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="73"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="22" fillId="59" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="22" fillId="58" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="50" fillId="60" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="50" fillId="59" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="50" fillId="60" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="50" fillId="59" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="56" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="61" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="17" fillId="52" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="62" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="53" fillId="62" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="53" fillId="62" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="53" fillId="63" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="2" fontId="53" fillId="63" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="53" fillId="62" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="71" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="45" fillId="58" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="45" fillId="64" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="45" fillId="57" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="45" fillId="63" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="45" fillId="63" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="99" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="99" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="54" fillId="53" borderId="98" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="99" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="83" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="100" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="65" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="0" fillId="64" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="64" borderId="99" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="64" borderId="99" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="57" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="65" borderId="99" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="65" borderId="99" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="45" fillId="63" borderId="101" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="45" fillId="63" borderId="101" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="45" fillId="57" borderId="102" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="103" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="104" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="73" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="58" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="57" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="58" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="57" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="50" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="50" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="61" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="60" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="61" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="60" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="61" borderId="71" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="60" borderId="71" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="55" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="62" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="63" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="62" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="63" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="62" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="63" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="62" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="36" fillId="0" borderId="0" xfId="73" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="51" fillId="60" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="51" fillId="59" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="51" fillId="60" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="51" fillId="59" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="51" fillId="60" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="51" fillId="59" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="61" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="39" fillId="63" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="73" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="83" xfId="73" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="100" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="39" fillId="62" borderId="0" xfId="73" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="53" borderId="29" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="53" borderId="30" xfId="58" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="0" borderId="25" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="0" borderId="27" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="0" borderId="26" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="0" borderId="51" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="58" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="73" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="66" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="66" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="66" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="45" fillId="64" borderId="101" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="83" xfId="73" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="66" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="100" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="96" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="97" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="67" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="67" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="67" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="67" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="66" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="68" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="68" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="68" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="74">
     <cellStyle name="20 % - Akzent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Akzent1" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Akzent2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Akzent3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Akzent4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Akzent5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Akzent6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40 % - Akzent1" xfId="13" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent2" xfId="14" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent3" xfId="15" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent4" xfId="16" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent5" xfId="17" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent6" xfId="18" builtinId="51" customBuiltin="1"/>
     <cellStyle name="40% - Akzent1" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="40% - Akzent2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - Akzent3" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - Akzent4" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="40% - Akzent5" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -5799,52 +5933,348 @@
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
@@ -5879,364 +6309,68 @@
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="23"/>
-[...6 lines deleted...]
-        <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="34"/>
-[...6 lines deleted...]
-        <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
-        </patternFill>
-[...278 lines deleted...]
-          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
@@ -6334,122 +6468,122 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="34"/>
-          <bgColor indexed="13"/>
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-          <bgColor theme="2" tint="-0.24994659260841701"/>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
@@ -6458,246 +6592,161 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="23"/>
-[...6 lines deleted...]
-        <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill patternType="solid">
-[...1 lines deleted...]
-          <bgColor indexed="13"/>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-          <bgColor theme="2" tint="-0.24994659260841701"/>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-[...5 lines deleted...]
-      <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill patternType="solid">
-[...6 lines deleted...]
-      <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill patternType="solid">
-[...6 lines deleted...]
-      <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
-        </patternFill>
-[...36 lines deleted...]
-          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
@@ -6751,222 +6800,307 @@
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-[...36 lines deleted...]
-      <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
-        </patternFill>
-[...13 lines deleted...]
-          <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
@@ -7012,108 +7146,110 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="23"/>
-          <bgColor indexed="55"/>
+          <fgColor indexed="34"/>
+          <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="34"/>
-          <bgColor indexed="13"/>
+          <fgColor indexed="23"/>
+          <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="23"/>
           <bgColor indexed="55"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="34"/>
           <bgColor indexed="13"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFF9393"/>
+      <color rgb="FFFF4343"/>
       <color rgb="FF604C3F"/>
       <color rgb="FFC00926"/>
       <color rgb="FF1A9BD3"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="List" dx="31" fmlaLink="'Feiertage und Ferien'!$E$1" fmlaRange="'Feiertage und Ferien'!$E$2:$F$20" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Spin" dx="22" fmlaLink="$A$5" max="2027" min="2025" page="10" val="2026"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="List" dx="31" fmlaLink="$E$1" fmlaRange="$E$2:$E$20" noThreeD="1" sel="1" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
@@ -7258,54 +7394,50 @@
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7586,859 +7718,859 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agiflex.ch/post/halber-feiertag-berechnen" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.feiertagskalender.ch/index.php?geo=3056" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssa-app.ch/SchoolHours" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssa-app.ch/WorkingHours?page=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssa-app.ch/SchoolHours" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle2">
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:S35"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="V9" sqref="V9"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.7109375" customWidth="1"/>
     <col min="2" max="2" width="18.42578125" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" customWidth="1"/>
     <col min="4" max="4" width="6.85546875" customWidth="1"/>
     <col min="5" max="6" width="11.140625" customWidth="1"/>
     <col min="7" max="18" width="7.28515625" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="197" t="s">
+      <c r="A1" s="198" t="s">
+        <v>127</v>
+      </c>
+      <c r="B1" s="198"/>
+      <c r="C1" s="198"/>
+      <c r="D1" s="198"/>
+      <c r="E1" s="198"/>
+      <c r="F1" s="198"/>
+      <c r="G1" s="198"/>
+      <c r="H1" s="198"/>
+      <c r="I1" s="198"/>
+      <c r="J1" s="198"/>
+      <c r="K1" s="198"/>
+      <c r="L1" s="198"/>
+      <c r="M1" s="198"/>
+      <c r="N1" s="198"/>
+      <c r="O1" s="198"/>
+      <c r="P1" s="198"/>
+      <c r="Q1" s="198"/>
+      <c r="R1" s="198"/>
+    </row>
+    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A2" s="199" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" s="199"/>
+      <c r="C2" s="199"/>
+      <c r="D2" s="199"/>
+      <c r="E2" s="199"/>
+      <c r="F2" s="199"/>
+      <c r="G2" s="199"/>
+      <c r="H2" s="199"/>
+      <c r="I2" s="199"/>
+      <c r="J2" s="199"/>
+      <c r="K2" s="199"/>
+      <c r="L2" s="199"/>
+      <c r="M2" s="199"/>
+      <c r="N2" s="199"/>
+      <c r="O2" s="199"/>
+      <c r="P2" s="199"/>
+      <c r="Q2" s="199"/>
+      <c r="R2" s="199"/>
+    </row>
+    <row r="4" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="130" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="130" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="130" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" s="212" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="213">
+        <v>5</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4" s="130" t="s">
+        <v>2</v>
+      </c>
+      <c r="H4" s="130" t="s">
+        <v>3</v>
+      </c>
+      <c r="I4" s="130" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="130" t="s">
+        <v>5</v>
+      </c>
+      <c r="K4" s="130" t="s">
+        <v>6</v>
+      </c>
+      <c r="L4" s="130" t="s">
+        <v>7</v>
+      </c>
+      <c r="M4" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="N4" s="130" t="s">
+        <v>9</v>
+      </c>
+      <c r="O4" s="130" t="s">
+        <v>10</v>
+      </c>
+      <c r="P4" s="130" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q4" s="130" t="s">
+        <v>12</v>
+      </c>
+      <c r="R4" s="130" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A5" s="164">
+        <v>2026</v>
+      </c>
+      <c r="B5" s="129">
+        <v>42</v>
+      </c>
+      <c r="C5" s="128">
+        <v>0.5</v>
+      </c>
+      <c r="D5" s="214">
+        <v>20</v>
+      </c>
+      <c r="E5" s="215"/>
+      <c r="G5" s="138">
+        <f t="shared" ref="G5:R5" si="0">$C$5</f>
+        <v>0.5</v>
+      </c>
+      <c r="H5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="I5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="J5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="K5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="L5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="M5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="N5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="O5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="P5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="Q5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="R5" s="138">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="146" t="s">
+        <v>114</v>
+      </c>
+      <c r="C6" s="144"/>
+      <c r="D6" s="144"/>
+      <c r="E6" s="144"/>
+      <c r="G6" s="146" t="s">
         <v>131</v>
       </c>
-      <c r="B1" s="197"/>
-[...170 lines deleted...]
-      <c r="L6" s="151"/>
+      <c r="H6" s="145"/>
+      <c r="I6" s="145"/>
+      <c r="J6" s="145"/>
+      <c r="K6" s="145"/>
+      <c r="L6" s="145"/>
     </row>
     <row r="7" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="152"/>
-[...8 lines deleted...]
-      <c r="L7" s="151"/>
+      <c r="B7" s="146"/>
+      <c r="C7" s="144"/>
+      <c r="D7" s="144"/>
+      <c r="E7" s="144"/>
+      <c r="G7" s="145"/>
+      <c r="H7" s="145"/>
+      <c r="I7" s="145"/>
+      <c r="J7" s="145"/>
+      <c r="K7" s="145"/>
+      <c r="L7" s="145"/>
     </row>
     <row r="8" spans="1:19" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="197" t="s">
-[...18 lines deleted...]
-      <c r="R8" s="197"/>
+      <c r="A8" s="198" t="s">
+        <v>112</v>
+      </c>
+      <c r="B8" s="198"/>
+      <c r="C8" s="198"/>
+      <c r="D8" s="198"/>
+      <c r="E8" s="198"/>
+      <c r="F8" s="198"/>
+      <c r="G8" s="198"/>
+      <c r="H8" s="198"/>
+      <c r="I8" s="198"/>
+      <c r="J8" s="198"/>
+      <c r="K8" s="198"/>
+      <c r="L8" s="198"/>
+      <c r="M8" s="198"/>
+      <c r="N8" s="198"/>
+      <c r="O8" s="198"/>
+      <c r="P8" s="198"/>
+      <c r="Q8" s="198"/>
+      <c r="R8" s="198"/>
     </row>
     <row r="9" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="10" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="126" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C10" s="127"/>
-      <c r="G10" s="128" t="s">
-[...12 lines deleted...]
-      <c r="R10" s="130"/>
+      <c r="G10" s="264" t="s">
+        <v>141</v>
+      </c>
+      <c r="H10" s="265"/>
+      <c r="I10" s="265"/>
+      <c r="J10" s="265"/>
+      <c r="K10" s="265"/>
+      <c r="L10" s="265"/>
+      <c r="M10" s="265"/>
+      <c r="N10" s="265"/>
+      <c r="O10" s="265"/>
+      <c r="P10" s="265"/>
+      <c r="Q10" s="265"/>
+      <c r="R10" s="266"/>
     </row>
     <row r="11" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="224" t="s">
-[...16 lines deleted...]
-      <c r="R11" s="213"/>
+      <c r="B11" s="257" t="s">
+        <v>140</v>
+      </c>
+      <c r="C11" s="258"/>
+      <c r="G11" s="259" t="s">
+        <v>142</v>
+      </c>
+      <c r="H11" s="267"/>
+      <c r="I11" s="267"/>
+      <c r="J11" s="267"/>
+      <c r="K11" s="267"/>
+      <c r="L11" s="267"/>
+      <c r="M11" s="267"/>
+      <c r="N11" s="267"/>
+      <c r="O11" s="267"/>
+      <c r="P11" s="267"/>
+      <c r="Q11" s="267"/>
+      <c r="R11" s="260"/>
     </row>
     <row r="12" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="73"/>
-      <c r="B12" s="224"/>
-[...12 lines deleted...]
-      <c r="R12" s="216"/>
+      <c r="B12" s="257"/>
+      <c r="C12" s="258"/>
+      <c r="G12" s="261"/>
+      <c r="H12" s="262"/>
+      <c r="I12" s="262"/>
+      <c r="J12" s="262"/>
+      <c r="K12" s="262"/>
+      <c r="L12" s="262"/>
+      <c r="M12" s="262"/>
+      <c r="N12" s="262"/>
+      <c r="O12" s="262"/>
+      <c r="P12" s="262"/>
+      <c r="Q12" s="262"/>
+      <c r="R12" s="263"/>
     </row>
     <row r="13" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="134" t="s">
+      <c r="B13" s="255" t="s">
         <v>53</v>
       </c>
-      <c r="C13" s="136" t="s">
+      <c r="C13" s="256" t="s">
         <v>27</v>
       </c>
-      <c r="G13" s="134" t="s">
+      <c r="G13" s="268" t="s">
         <v>2</v>
       </c>
-      <c r="H13" s="135" t="s">
+      <c r="H13" s="269" t="s">
         <v>3</v>
       </c>
-      <c r="I13" s="135" t="s">
+      <c r="I13" s="269" t="s">
         <v>4</v>
       </c>
-      <c r="J13" s="135" t="s">
+      <c r="J13" s="269" t="s">
         <v>5</v>
       </c>
-      <c r="K13" s="135" t="s">
+      <c r="K13" s="269" t="s">
         <v>6</v>
       </c>
-      <c r="L13" s="135" t="s">
+      <c r="L13" s="269" t="s">
         <v>7</v>
       </c>
-      <c r="M13" s="135" t="s">
+      <c r="M13" s="269" t="s">
         <v>8</v>
       </c>
-      <c r="N13" s="135" t="s">
+      <c r="N13" s="269" t="s">
         <v>9</v>
       </c>
-      <c r="O13" s="135" t="s">
+      <c r="O13" s="269" t="s">
         <v>10</v>
       </c>
-      <c r="P13" s="135" t="s">
+      <c r="P13" s="269" t="s">
         <v>11</v>
       </c>
-      <c r="Q13" s="135" t="s">
+      <c r="Q13" s="269" t="s">
         <v>12</v>
       </c>
-      <c r="R13" s="136" t="s">
+      <c r="R13" s="270" t="s">
         <v>13</v>
       </c>
-      <c r="S13" s="188">
+      <c r="S13" s="180">
         <f>B14-C14</f>
-        <v>1532.1599999999996</v>
+        <v>978.60000000000036</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="171">
+      <c r="B14" s="271">
         <f>Arbeitszeiten!AK44</f>
-        <v>1700.1599999999996</v>
-[...1 lines deleted...]
-      <c r="C14" s="171">
+        <v>1062.6000000000004</v>
+      </c>
+      <c r="C14" s="271">
         <f>Arbeitszeiten!AK43</f>
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="G14" s="170">
+        <v>84</v>
+      </c>
+      <c r="G14" s="272">
         <f>IF(G5="",0,Arbeitszeiten!AK5)</f>
+        <v>8.5</v>
+      </c>
+      <c r="H14" s="273">
+        <f>IF(H5="",0,Arbeitszeiten!AK8)</f>
+        <v>10.5</v>
+      </c>
+      <c r="I14" s="273">
+        <f>IF(I5="",0,Arbeitszeiten!AK11)</f>
+        <v>15.5</v>
+      </c>
+      <c r="J14" s="273">
+        <f>IF(J5="",0,Arbeitszeiten!AK14)</f>
+        <v>7.5</v>
+      </c>
+      <c r="K14" s="273">
+        <f>IF(K5="",0,Arbeitszeiten!AK17)</f>
+        <v>13.5</v>
+      </c>
+      <c r="L14" s="273">
+        <f>IF(L5="",0,Arbeitszeiten!AK20)</f>
+        <v>14.5</v>
+      </c>
+      <c r="M14" s="273">
+        <f>IF(M5="",0,Arbeitszeiten!AK23)</f>
+        <v>9</v>
+      </c>
+      <c r="N14" s="273">
+        <f>IF(N5="",0,Arbeitszeiten!AK26)</f>
+        <v>11</v>
+      </c>
+      <c r="O14" s="273">
+        <f>IF(O5="",0,Arbeitszeiten!AK29)</f>
+        <v>13.5</v>
+      </c>
+      <c r="P14" s="273">
+        <f>IF(P5="",0,Arbeitszeiten!AK32)</f>
+        <v>10.5</v>
+      </c>
+      <c r="Q14" s="273">
+        <f>IF(Q5="",0,Arbeitszeiten!AK35)</f>
+        <v>14.5</v>
+      </c>
+      <c r="R14" s="274">
+        <f>IF(R5="",0,Arbeitszeiten!AK38)</f>
         <v>12</v>
       </c>
-      <c r="H14" s="170">
-[...43 lines deleted...]
-      <c r="S14" s="146">
+      <c r="S14" s="140">
         <f>SUM(G14:R14)</f>
-        <v>201</v>
+        <v>140.5</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="152" t="s">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="B15" s="146" t="s">
+        <v>119</v>
+      </c>
+      <c r="G15" s="146" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="152"/>
-      <c r="G16" s="152"/>
+      <c r="B16" s="146"/>
+      <c r="G16" s="146"/>
     </row>
     <row r="17" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="199" t="s">
-[...18 lines deleted...]
-      <c r="R17" s="207"/>
+      <c r="B17" s="200" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" s="201"/>
+      <c r="D17" s="201"/>
+      <c r="E17" s="202"/>
+      <c r="G17" s="206" t="s">
+        <v>117</v>
+      </c>
+      <c r="H17" s="207"/>
+      <c r="I17" s="207"/>
+      <c r="J17" s="207"/>
+      <c r="K17" s="207"/>
+      <c r="L17" s="207"/>
+      <c r="M17" s="207"/>
+      <c r="N17" s="207"/>
+      <c r="O17" s="207"/>
+      <c r="P17" s="207"/>
+      <c r="Q17" s="207"/>
+      <c r="R17" s="208"/>
     </row>
     <row r="18" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="73"/>
-      <c r="B18" s="202"/>
-[...14 lines deleted...]
-      <c r="R18" s="210"/>
+      <c r="B18" s="203"/>
+      <c r="C18" s="204"/>
+      <c r="D18" s="204"/>
+      <c r="E18" s="205"/>
+      <c r="G18" s="209"/>
+      <c r="H18" s="210"/>
+      <c r="I18" s="210"/>
+      <c r="J18" s="210"/>
+      <c r="K18" s="210"/>
+      <c r="L18" s="210"/>
+      <c r="M18" s="210"/>
+      <c r="N18" s="210"/>
+      <c r="O18" s="210"/>
+      <c r="P18" s="210"/>
+      <c r="Q18" s="210"/>
+      <c r="R18" s="211"/>
       <c r="S18" s="3"/>
     </row>
     <row r="19" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="246" t="s">
+      <c r="B19" s="239" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" s="240"/>
+      <c r="D19" s="240"/>
+      <c r="E19" s="241"/>
+      <c r="G19" s="171" t="s">
+        <v>115</v>
+      </c>
+      <c r="R19" s="172"/>
+      <c r="S19" s="3"/>
+    </row>
+    <row r="20" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="216" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" s="217"/>
+      <c r="D20" s="217"/>
+      <c r="E20" s="218"/>
+      <c r="G20" s="219" t="s">
+        <v>118</v>
+      </c>
+      <c r="H20" s="220"/>
+      <c r="I20" s="220"/>
+      <c r="J20" s="220"/>
+      <c r="K20" s="220"/>
+      <c r="L20" s="220"/>
+      <c r="M20" s="220"/>
+      <c r="N20" s="220"/>
+      <c r="O20" s="220"/>
+      <c r="P20" s="220"/>
+      <c r="Q20" s="220"/>
+      <c r="R20" s="221"/>
+      <c r="S20" s="3"/>
+    </row>
+    <row r="21" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="216"/>
+      <c r="C21" s="217"/>
+      <c r="D21" s="217"/>
+      <c r="E21" s="218"/>
+      <c r="G21" s="222"/>
+      <c r="H21" s="223"/>
+      <c r="I21" s="223"/>
+      <c r="J21" s="223"/>
+      <c r="K21" s="223"/>
+      <c r="L21" s="223"/>
+      <c r="M21" s="223"/>
+      <c r="N21" s="223"/>
+      <c r="O21" s="223"/>
+      <c r="P21" s="223"/>
+      <c r="Q21" s="223"/>
+      <c r="R21" s="224"/>
+      <c r="S21" s="3"/>
+    </row>
+    <row r="22" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="132" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="133">
+        <f>B14-C14</f>
+        <v>978.60000000000036</v>
+      </c>
+      <c r="D22" s="235" t="s">
+        <v>68</v>
+      </c>
+      <c r="E22" s="236"/>
+      <c r="G22" s="165" t="s">
+        <v>2</v>
+      </c>
+      <c r="H22" s="166" t="s">
+        <v>3</v>
+      </c>
+      <c r="I22" s="166" t="s">
+        <v>4</v>
+      </c>
+      <c r="J22" s="166" t="s">
+        <v>5</v>
+      </c>
+      <c r="K22" s="166" t="s">
+        <v>6</v>
+      </c>
+      <c r="L22" s="166" t="s">
+        <v>7</v>
+      </c>
+      <c r="M22" s="166" t="s">
+        <v>8</v>
+      </c>
+      <c r="N22" s="166" t="s">
+        <v>9</v>
+      </c>
+      <c r="O22" s="166" t="s">
+        <v>10</v>
+      </c>
+      <c r="P22" s="166" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q22" s="166" t="s">
+        <v>12</v>
+      </c>
+      <c r="R22" s="167" t="s">
+        <v>13</v>
+      </c>
+      <c r="S22" s="3"/>
+    </row>
+    <row r="23" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="131" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="134"/>
+      <c r="D23" s="235"/>
+      <c r="E23" s="236"/>
+      <c r="G23" s="168">
+        <f>$S$13/$S$14*G14</f>
+        <v>59.203558718861231</v>
+      </c>
+      <c r="H23" s="169">
+        <f t="shared" ref="H23:R23" si="1">$S$13/$S$14*H14</f>
+        <v>73.133807829181521</v>
+      </c>
+      <c r="I23" s="169">
+        <f t="shared" si="1"/>
+        <v>107.95943060498224</v>
+      </c>
+      <c r="J23" s="169">
+        <f t="shared" si="1"/>
+        <v>52.238434163701086</v>
+      </c>
+      <c r="K23" s="169">
+        <f t="shared" si="1"/>
+        <v>94.029181494661955</v>
+      </c>
+      <c r="L23" s="169">
+        <f t="shared" si="1"/>
+        <v>100.9943060498221</v>
+      </c>
+      <c r="M23" s="169">
+        <f t="shared" si="1"/>
+        <v>62.686120996441304</v>
+      </c>
+      <c r="N23" s="169">
+        <f t="shared" si="1"/>
+        <v>76.616370106761593</v>
+      </c>
+      <c r="O23" s="169">
+        <f t="shared" si="1"/>
+        <v>94.029181494661955</v>
+      </c>
+      <c r="P23" s="169">
+        <f t="shared" si="1"/>
+        <v>73.133807829181521</v>
+      </c>
+      <c r="Q23" s="169">
+        <f t="shared" si="1"/>
+        <v>100.9943060498221</v>
+      </c>
+      <c r="R23" s="170">
+        <f t="shared" si="1"/>
+        <v>83.581494661921738</v>
+      </c>
+      <c r="S23" s="3"/>
+    </row>
+    <row r="24" spans="1:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="132" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="133">
+        <f>C22-C23</f>
+        <v>978.60000000000036</v>
+      </c>
+      <c r="D24" s="237"/>
+      <c r="E24" s="238"/>
+      <c r="G24" s="146" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q24" s="157" t="s">
+        <v>78</v>
+      </c>
+      <c r="R24" s="158">
+        <f>SUM(G23:R23)</f>
+        <v>978.60000000000025</v>
+      </c>
+      <c r="S24" s="3"/>
+    </row>
+    <row r="25" spans="1:19" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="151" t="s">
         <v>59</v>
       </c>
-      <c r="C19" s="247"/>
-[...101 lines deleted...]
-      <c r="B23" s="137" t="s">
+      <c r="C25" s="152" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" s="233" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" s="234"/>
+      <c r="G25" s="225" t="s">
+        <v>77</v>
+      </c>
+      <c r="H25" s="226"/>
+      <c r="I25" s="227"/>
+      <c r="S25" s="3"/>
+    </row>
+    <row r="26" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="131" t="s">
         <v>64</v>
       </c>
-      <c r="C23" s="140"/>
-[...93 lines deleted...]
-      <c r="B26" s="137" t="s">
+      <c r="C26" s="135">
+        <v>0.2</v>
+      </c>
+      <c r="D26" s="153"/>
+      <c r="E26" s="154">
+        <f t="shared" ref="E26:E34" si="2">$C$24/$C$5*C26</f>
+        <v>391.44000000000017</v>
+      </c>
+      <c r="G26" s="230">
+        <f>(B14-C14)/(SUM(G14:R14))</f>
+        <v>6.9651245551601448</v>
+      </c>
+      <c r="H26" s="231"/>
+      <c r="I26" s="232"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B27" s="131" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="141">
+      <c r="C27" s="135">
+        <v>0.3</v>
+      </c>
+      <c r="D27" s="153"/>
+      <c r="E27" s="154">
+        <f t="shared" si="2"/>
+        <v>587.1600000000002</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B28" s="131" t="s">
+        <v>66</v>
+      </c>
+      <c r="C28" s="135">
         <v>0.2</v>
       </c>
-      <c r="D26" s="159"/>
-[...19 lines deleted...]
-      <c r="E27" s="160">
+      <c r="D28" s="153"/>
+      <c r="E28" s="154">
         <f t="shared" si="2"/>
-        <v>574.55999999999983</v>
-[...3 lines deleted...]
-      <c r="B28" s="137" t="s">
+        <v>391.44000000000017</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="131" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="141">
-[...3 lines deleted...]
-      <c r="E28" s="160">
+      <c r="C29" s="135">
+        <v>0.1</v>
+      </c>
+      <c r="D29" s="153"/>
+      <c r="E29" s="154">
         <f t="shared" si="2"/>
-        <v>383.03999999999991</v>
-[...26 lines deleted...]
-      <c r="Q29" s="181"/>
+        <v>195.72000000000008</v>
+      </c>
+      <c r="G29" s="228" t="s">
+        <v>120</v>
+      </c>
+      <c r="H29" s="228"/>
+      <c r="I29" s="228"/>
+      <c r="J29" s="228"/>
+      <c r="K29" s="228"/>
+      <c r="L29" s="173"/>
+      <c r="M29" s="173"/>
+      <c r="N29" s="173"/>
+      <c r="O29" s="173"/>
+      <c r="P29" s="173"/>
+      <c r="Q29" s="173"/>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="B30" s="137"/>
-[...2 lines deleted...]
-      <c r="E30" s="160">
+      <c r="B30" s="131"/>
+      <c r="C30" s="135"/>
+      <c r="D30" s="153"/>
+      <c r="E30" s="154">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G30" s="235"/>
-[...9 lines deleted...]
-      <c r="Q30" s="181"/>
+      <c r="G30" s="228"/>
+      <c r="H30" s="228"/>
+      <c r="I30" s="228"/>
+      <c r="J30" s="228"/>
+      <c r="K30" s="228"/>
+      <c r="L30" s="173"/>
+      <c r="M30" s="173"/>
+      <c r="N30" s="173"/>
+      <c r="O30" s="173"/>
+      <c r="P30" s="173"/>
+      <c r="Q30" s="173"/>
     </row>
     <row r="31" spans="1:19" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B31" s="137"/>
-[...2 lines deleted...]
-      <c r="E31" s="160">
+      <c r="B31" s="131"/>
+      <c r="C31" s="135"/>
+      <c r="D31" s="153"/>
+      <c r="E31" s="154">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G31" s="235"/>
-[...12 lines deleted...]
-      <c r="R31" s="236"/>
+      <c r="G31" s="228"/>
+      <c r="H31" s="228"/>
+      <c r="I31" s="228"/>
+      <c r="J31" s="228"/>
+      <c r="K31" s="228"/>
+      <c r="L31" s="229" t="s">
+        <v>121</v>
+      </c>
+      <c r="M31" s="229"/>
+      <c r="N31" s="229"/>
+      <c r="O31" s="229"/>
+      <c r="P31" s="229"/>
+      <c r="Q31" s="229"/>
+      <c r="R31" s="229"/>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="B32" s="137"/>
-[...2 lines deleted...]
-      <c r="E32" s="160">
+      <c r="B32" s="131"/>
+      <c r="C32" s="135"/>
+      <c r="D32" s="153"/>
+      <c r="E32" s="154">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G32" s="181"/>
-[...5 lines deleted...]
-      <c r="M32" s="181"/>
+      <c r="G32" s="173"/>
+      <c r="H32" s="173"/>
+      <c r="I32" s="173"/>
+      <c r="J32" s="173"/>
+      <c r="K32" s="173"/>
+      <c r="L32" s="173"/>
+      <c r="M32" s="173"/>
     </row>
     <row r="33" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B33" s="137"/>
-[...2 lines deleted...]
-      <c r="E33" s="160">
+      <c r="B33" s="131"/>
+      <c r="C33" s="135"/>
+      <c r="D33" s="153"/>
+      <c r="E33" s="154">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="142"/>
-[...2 lines deleted...]
-      <c r="E34" s="162">
+      <c r="B34" s="136"/>
+      <c r="C34" s="137"/>
+      <c r="D34" s="155"/>
+      <c r="E34" s="156">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="C35" s="147" t="s">
-[...3 lines deleted...]
-      <c r="E35" s="149">
+      <c r="C35" s="141" t="s">
+        <v>70</v>
+      </c>
+      <c r="D35" s="142"/>
+      <c r="E35" s="143">
         <f>SUM(E26:E34)</f>
-        <v>1532.1599999999996</v>
-[...1 lines deleted...]
-      <c r="G35" s="145" t="str">
+        <v>1565.7600000000004</v>
+      </c>
+      <c r="G35" s="139" t="str">
         <f>IF(E35=C24,"","Die Stunden Schulhäuser oder die Prozente stimmen nicht überein")</f>
-        <v/>
+        <v>Die Stunden Schulhäuser oder die Prozente stimmen nicht überein</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="B20:E21"/>
     <mergeCell ref="B11:C12"/>
     <mergeCell ref="G20:R21"/>
     <mergeCell ref="G25:I25"/>
     <mergeCell ref="G29:K31"/>
     <mergeCell ref="L31:R31"/>
     <mergeCell ref="G26:I26"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="D22:E24"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="B17:E18"/>
     <mergeCell ref="G17:R18"/>
     <mergeCell ref="G11:R12"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="D5:E5"/>
   </mergeCells>
   <phoneticPr fontId="40" type="noConversion"/>
   <hyperlinks>
@@ -8498,1006 +8630,1189 @@
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{030DFF11-9243-4EDF-B134-4316D4BEB3DE}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:O15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="96" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="249" t="s">
-[...13 lines deleted...]
-      <c r="M1" s="249"/>
+      <c r="A1" s="242" t="s">
+        <v>135</v>
+      </c>
+      <c r="B1" s="242"/>
+      <c r="C1" s="242"/>
+      <c r="D1" s="242"/>
+      <c r="E1" s="242"/>
+      <c r="F1" s="242"/>
+      <c r="G1" s="242"/>
+      <c r="H1" s="242"/>
+      <c r="I1" s="242"/>
+      <c r="J1" s="242"/>
+      <c r="K1" s="242"/>
+      <c r="L1" s="242"/>
+      <c r="M1" s="242"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A2" s="260" t="s">
-[...13 lines deleted...]
-      <c r="M2" s="260"/>
+      <c r="A2" s="243" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" s="243"/>
+      <c r="C2" s="243"/>
+      <c r="D2" s="243"/>
+      <c r="E2" s="243"/>
+      <c r="F2" s="243"/>
+      <c r="G2" s="243"/>
+      <c r="H2" s="243"/>
+      <c r="I2" s="243"/>
+      <c r="J2" s="243"/>
+      <c r="K2" s="243"/>
+      <c r="L2" s="243"/>
+      <c r="M2" s="243"/>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A3" s="266" t="s">
-[...13 lines deleted...]
-      <c r="M3" s="266"/>
+      <c r="A3" s="244" t="s">
+        <v>137</v>
+      </c>
+      <c r="B3" s="244"/>
+      <c r="C3" s="244"/>
+      <c r="D3" s="244"/>
+      <c r="E3" s="244"/>
+      <c r="F3" s="244"/>
+      <c r="G3" s="244"/>
+      <c r="H3" s="244"/>
+      <c r="I3" s="244"/>
+      <c r="J3" s="244"/>
+      <c r="K3" s="244"/>
+      <c r="L3" s="244"/>
+      <c r="M3" s="244"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A4" s="133" t="s">
-[...5 lines deleted...]
-      <c r="C4" s="133">
+      <c r="A4" s="130" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" s="130">
+        <v>1</v>
+      </c>
+      <c r="C4" s="130">
         <v>2</v>
       </c>
-      <c r="D4" s="133">
+      <c r="D4" s="130">
         <v>3</v>
       </c>
-      <c r="E4" s="133">
+      <c r="E4" s="130">
         <v>4</v>
       </c>
-      <c r="F4" s="133">
+      <c r="F4" s="130">
         <v>5</v>
       </c>
-      <c r="G4" s="133">
+      <c r="G4" s="130">
         <v>6</v>
       </c>
-      <c r="H4" s="133">
+      <c r="H4" s="130">
         <v>7</v>
       </c>
-      <c r="I4" s="133">
+      <c r="I4" s="130">
         <v>8</v>
       </c>
-      <c r="J4" s="133">
+      <c r="J4" s="130">
         <v>9</v>
       </c>
-      <c r="K4" s="133">
+      <c r="K4" s="130">
         <v>10</v>
       </c>
-      <c r="L4" s="133">
+      <c r="L4" s="130">
         <v>11</v>
       </c>
-      <c r="M4" s="133">
+      <c r="M4" s="130">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A5" s="183" t="s">
+      <c r="A5" s="175" t="s">
+        <v>122</v>
+      </c>
+      <c r="B5" s="175">
+        <f>Erfassung!G5</f>
+        <v>0.5</v>
+      </c>
+      <c r="C5" s="175">
+        <f>Erfassung!H5</f>
+        <v>0.5</v>
+      </c>
+      <c r="D5" s="175">
+        <f>Erfassung!I5</f>
+        <v>0.5</v>
+      </c>
+      <c r="E5" s="175">
+        <f>Erfassung!J5</f>
+        <v>0.5</v>
+      </c>
+      <c r="F5" s="175">
+        <f>Erfassung!K5</f>
+        <v>0.5</v>
+      </c>
+      <c r="G5" s="175">
+        <f>Erfassung!L5</f>
+        <v>0.5</v>
+      </c>
+      <c r="H5" s="175">
+        <f>Erfassung!M5</f>
+        <v>0.5</v>
+      </c>
+      <c r="I5" s="175">
+        <f>Erfassung!N5</f>
+        <v>0.5</v>
+      </c>
+      <c r="J5" s="175">
+        <f>Erfassung!O5</f>
+        <v>0.5</v>
+      </c>
+      <c r="K5" s="175">
+        <f>Erfassung!P5</f>
+        <v>0.5</v>
+      </c>
+      <c r="L5" s="175">
+        <f>Erfassung!Q5</f>
+        <v>0.5</v>
+      </c>
+      <c r="M5" s="175">
+        <f>Erfassung!R5</f>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A6" s="192" t="s">
         <v>126</v>
       </c>
-      <c r="B5" s="183">
-[...52 lines deleted...]
-      <c r="B6" s="262">
+      <c r="B6" s="193">
         <f>Erfassung!G23</f>
-        <v>91.472238805970122</v>
-[...1 lines deleted...]
-      <c r="C6" s="184">
+        <v>59.203558718861231</v>
+      </c>
+      <c r="C6" s="176">
         <f>Erfassung!H23</f>
-        <v>114.34029850746265</v>
-[...1 lines deleted...]
-      <c r="D6" s="184">
+        <v>73.133807829181521</v>
+      </c>
+      <c r="D6" s="176">
         <f>Erfassung!I23</f>
-        <v>167.69910447761188</v>
-[...1 lines deleted...]
-      <c r="E6" s="184">
+        <v>107.95943060498224</v>
+      </c>
+      <c r="E6" s="176">
         <f>Erfassung!J23</f>
-        <v>83.849552238805941</v>
-[...1 lines deleted...]
-      <c r="F6" s="184">
+        <v>52.238434163701086</v>
+      </c>
+      <c r="F6" s="176">
         <f>Erfassung!K23</f>
-        <v>144.83104477611937</v>
-[...1 lines deleted...]
-      <c r="G6" s="184">
+        <v>94.029181494661955</v>
+      </c>
+      <c r="G6" s="176">
         <f>Erfassung!L23</f>
-        <v>160.0764179104477</v>
-[...1 lines deleted...]
-      <c r="H6" s="184">
+        <v>100.9943060498221</v>
+      </c>
+      <c r="H6" s="176">
         <f>Erfassung!M23</f>
-        <v>99.094925373134302</v>
-[...1 lines deleted...]
-      <c r="I6" s="184">
+        <v>62.686120996441304</v>
+      </c>
+      <c r="I6" s="176">
         <f>Erfassung!N23</f>
-        <v>121.96298507462683</v>
-[...1 lines deleted...]
-      <c r="J6" s="184">
+        <v>76.616370106761593</v>
+      </c>
+      <c r="J6" s="176">
         <f>Erfassung!O23</f>
-        <v>144.83104477611937</v>
-[...1 lines deleted...]
-      <c r="K6" s="184">
+        <v>94.029181494661955</v>
+      </c>
+      <c r="K6" s="176">
         <f>Erfassung!P23</f>
-        <v>114.34029850746265</v>
-[...1 lines deleted...]
-      <c r="L6" s="184">
+        <v>73.133807829181521</v>
+      </c>
+      <c r="L6" s="176">
         <f>Erfassung!Q23</f>
-        <v>160.0764179104477</v>
-[...1 lines deleted...]
-      <c r="M6" s="184">
+        <v>100.9943060498221</v>
+      </c>
+      <c r="M6" s="176">
         <f>Erfassung!R23</f>
-        <v>129.58567164179101</v>
+        <v>83.581494661921738</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="264" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="265">
+      <c r="A7" s="195" t="s">
+        <v>134</v>
+      </c>
+      <c r="B7" s="196">
         <v>7</v>
       </c>
-      <c r="C7" s="193"/>
-[...7 lines deleted...]
-      <c r="M7" s="192"/>
+      <c r="C7" s="185"/>
+      <c r="D7" s="185"/>
+      <c r="E7" s="185"/>
+      <c r="F7" s="185"/>
+      <c r="I7" s="184"/>
+      <c r="J7" s="184"/>
+      <c r="K7" s="184"/>
+      <c r="L7" s="184"/>
+      <c r="M7" s="184"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="263" t="s">
-[...8 lines deleted...]
-      <c r="H8" s="182">
+      <c r="A8" s="194" t="s">
+        <v>123</v>
+      </c>
+      <c r="B8" s="194"/>
+      <c r="C8" s="174"/>
+      <c r="D8" s="174"/>
+      <c r="E8" s="174"/>
+      <c r="F8" s="174"/>
+      <c r="G8" s="174"/>
+      <c r="H8" s="174">
         <v>0.6</v>
       </c>
-      <c r="I8" s="182">
+      <c r="I8" s="174">
         <v>0.6</v>
       </c>
-      <c r="J8" s="182">
+      <c r="J8" s="174">
         <v>0.6</v>
       </c>
-      <c r="K8" s="182">
+      <c r="K8" s="174">
         <v>0.6</v>
       </c>
-      <c r="L8" s="182">
+      <c r="L8" s="174">
         <v>0.6</v>
       </c>
-      <c r="M8" s="182">
+      <c r="M8" s="174">
         <v>0.6</v>
       </c>
       <c r="N8" s="3"/>
     </row>
     <row r="9" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="186" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="187">
+      <c r="A9" s="178" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="179">
         <f>Arbeitszeiten!AJ5</f>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="C9" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="C9" s="179">
         <f>Arbeitszeiten!AJ8</f>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="D9" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="D9" s="179">
         <f>Arbeitszeiten!AJ11</f>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="E9" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="E9" s="179">
         <f>Arbeitszeiten!AJ14</f>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="F9" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="F9" s="179">
         <f>Arbeitszeiten!AJ17</f>
-        <v>127.67999999999999</v>
-[...1 lines deleted...]
-      <c r="G9" s="187">
+        <v>79.800000000000026</v>
+      </c>
+      <c r="G9" s="179">
         <f>Arbeitszeiten!AJ20</f>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="H9" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="H9" s="179">
         <f>Arbeitszeiten!AJ23</f>
-        <v>154.56</v>
-[...1 lines deleted...]
-      <c r="I9" s="187">
+        <v>96.600000000000037</v>
+      </c>
+      <c r="I9" s="179">
         <f>Arbeitszeiten!AJ26</f>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="J9" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="J9" s="179">
         <f>Arbeitszeiten!AJ29</f>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="K9" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="K9" s="179">
         <f>Arbeitszeiten!AJ32</f>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="L9" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="L9" s="179">
         <f>Arbeitszeiten!AJ35</f>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="M9" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="M9" s="179">
         <f>Arbeitszeiten!AJ38</f>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="N9" s="185">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="N9" s="177">
         <f>SUM(B9:M9)</f>
-        <v>1700.1599999999996</v>
+        <v>1062.6000000000004</v>
       </c>
     </row>
     <row r="10" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="186" t="s">
+      <c r="A10" s="178" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="190">
+      <c r="B10" s="182">
         <f>Arbeitszeiten!$AK$5*'% Änderung unter Jahr'!B8</f>
         <v>0</v>
       </c>
-      <c r="C10" s="190">
+      <c r="C10" s="182">
         <f>Arbeitszeiten!$AK$8*'% Änderung unter Jahr'!C8</f>
         <v>0</v>
       </c>
-      <c r="D10" s="190">
+      <c r="D10" s="182">
         <f>Arbeitszeiten!$AK$11*'% Änderung unter Jahr'!D8</f>
         <v>0</v>
       </c>
-      <c r="E10" s="190">
+      <c r="E10" s="182">
         <f>Arbeitszeiten!$AK$14*'% Änderung unter Jahr'!E8</f>
         <v>0</v>
       </c>
-      <c r="F10" s="190">
+      <c r="F10" s="182">
         <f>Arbeitszeiten!$AK$17*'% Änderung unter Jahr'!F8</f>
         <v>0</v>
       </c>
-      <c r="G10" s="190">
+      <c r="G10" s="182">
         <f>Arbeitszeiten!$AK$20*'% Änderung unter Jahr'!G8</f>
         <v>0</v>
       </c>
-      <c r="H10" s="190">
+      <c r="H10" s="182">
         <f>Arbeitszeiten!$AK$23*'% Änderung unter Jahr'!H8</f>
-        <v>7.8</v>
-[...1 lines deleted...]
-      <c r="I10" s="190">
+        <v>5.3999999999999995</v>
+      </c>
+      <c r="I10" s="182">
         <f>Arbeitszeiten!$AK$26*'% Änderung unter Jahr'!I8</f>
-        <v>9.6</v>
-[...1 lines deleted...]
-      <c r="J10" s="190">
+        <v>6.6</v>
+      </c>
+      <c r="J10" s="182">
         <f>Arbeitszeiten!$AK$29*'% Änderung unter Jahr'!J8</f>
-        <v>11.4</v>
-[...1 lines deleted...]
-      <c r="K10" s="190">
+        <v>8.1</v>
+      </c>
+      <c r="K10" s="182">
         <f>Arbeitszeiten!$AK$32*'% Änderung unter Jahr'!K8</f>
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="L10" s="190">
+        <v>6.3</v>
+      </c>
+      <c r="L10" s="182">
         <f>Arbeitszeiten!$AK$35*'% Änderung unter Jahr'!L8</f>
-        <v>12.6</v>
-[...1 lines deleted...]
-      <c r="M10" s="190">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="M10" s="182">
         <f>Arbeitszeiten!$AK$38*'% Änderung unter Jahr'!M8</f>
-        <v>10.199999999999999</v>
-[...1 lines deleted...]
-      <c r="N10" s="191">
+        <v>7.1999999999999993</v>
+      </c>
+      <c r="N10" s="183">
         <f>SUM(B10:M10)</f>
-        <v>60.599999999999994</v>
+        <v>42.3</v>
       </c>
     </row>
     <row r="11" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="186" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="187">
+      <c r="A11" s="178" t="s">
+        <v>130</v>
+      </c>
+      <c r="B11" s="179">
         <f t="shared" ref="B11:M11" si="0">IF(B5=B8,B6,B9)</f>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="C11" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="C11" s="179">
         <f t="shared" si="0"/>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="D11" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="D11" s="179">
         <f t="shared" si="0"/>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="E11" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="E11" s="179">
         <f t="shared" si="0"/>
-        <v>134.4</v>
-[...1 lines deleted...]
-      <c r="F11" s="187">
+        <v>84.000000000000028</v>
+      </c>
+      <c r="F11" s="179">
         <f t="shared" si="0"/>
-        <v>127.67999999999999</v>
-[...1 lines deleted...]
-      <c r="G11" s="187">
+        <v>79.800000000000026</v>
+      </c>
+      <c r="G11" s="179">
         <f t="shared" si="0"/>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="H11" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="H11" s="179">
         <f t="shared" si="0"/>
-        <v>154.56</v>
-[...1 lines deleted...]
-      <c r="I11" s="187">
+        <v>96.600000000000037</v>
+      </c>
+      <c r="I11" s="179">
         <f t="shared" si="0"/>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="J11" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="J11" s="179">
         <f t="shared" si="0"/>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="K11" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="K11" s="179">
         <f t="shared" si="0"/>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="L11" s="187">
+        <v>92.400000000000034</v>
+      </c>
+      <c r="L11" s="179">
         <f t="shared" si="0"/>
-        <v>141.12</v>
-[...1 lines deleted...]
-      <c r="M11" s="187">
+        <v>88.200000000000031</v>
+      </c>
+      <c r="M11" s="179">
         <f t="shared" si="0"/>
-        <v>147.84</v>
-[...1 lines deleted...]
-      <c r="N11" s="257"/>
+        <v>92.400000000000034</v>
+      </c>
+      <c r="N11" s="189"/>
     </row>
     <row r="12" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="186" t="s">
+      <c r="A12" s="178" t="s">
+        <v>129</v>
+      </c>
+      <c r="B12" s="179">
+        <f>B6-B9</f>
+        <v>-24.796441281138797</v>
+      </c>
+      <c r="C12" s="179">
+        <f t="shared" ref="C12:M12" si="1">C6-C9</f>
+        <v>-10.866192170818508</v>
+      </c>
+      <c r="D12" s="179">
+        <f t="shared" si="1"/>
+        <v>15.559430604982211</v>
+      </c>
+      <c r="E12" s="179">
+        <f t="shared" si="1"/>
+        <v>-31.761565836298942</v>
+      </c>
+      <c r="F12" s="179">
+        <f t="shared" si="1"/>
+        <v>14.22918149466193</v>
+      </c>
+      <c r="G12" s="179">
+        <f t="shared" si="1"/>
+        <v>12.794306049822069</v>
+      </c>
+      <c r="H12" s="179">
+        <f t="shared" si="1"/>
+        <v>-33.913879003558733</v>
+      </c>
+      <c r="I12" s="179">
+        <f t="shared" si="1"/>
+        <v>-11.583629893238438</v>
+      </c>
+      <c r="J12" s="179">
+        <f t="shared" si="1"/>
+        <v>1.6291814946619212</v>
+      </c>
+      <c r="K12" s="179">
+        <f t="shared" si="1"/>
+        <v>-19.266192170818513</v>
+      </c>
+      <c r="L12" s="179">
+        <f t="shared" si="1"/>
+        <v>12.794306049822069</v>
+      </c>
+      <c r="M12" s="179">
+        <f t="shared" si="1"/>
+        <v>-8.8185053380782961</v>
+      </c>
+      <c r="N12" s="186" cm="1">
+        <f t="array" ref="N12">SUMPRODUCT((B4:M4&lt;$B$7)*(B6:M6-B9:M9))</f>
+        <v>-24.841281138790038</v>
+      </c>
+      <c r="O12" s="177"/>
+    </row>
+    <row r="13" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="187" t="s">
         <v>133</v>
       </c>
-      <c r="B12" s="187">
-[...57 lines deleted...]
-      <c r="B13" s="196">
+      <c r="B13" s="188">
         <f t="shared" ref="B13:M13" si="2">IF(B$4&lt;$B$7, B6, B8-($N$11/$N$12)*B9)</f>
-        <v>91.472238805970122</v>
-[...1 lines deleted...]
-      <c r="C13" s="196">
+        <v>59.203558718861231</v>
+      </c>
+      <c r="C13" s="188">
         <f t="shared" si="2"/>
-        <v>114.34029850746265</v>
-[...1 lines deleted...]
-      <c r="D13" s="196">
+        <v>73.133807829181521</v>
+      </c>
+      <c r="D13" s="188">
         <f t="shared" si="2"/>
-        <v>167.69910447761188</v>
-[...1 lines deleted...]
-      <c r="E13" s="196">
+        <v>107.95943060498224</v>
+      </c>
+      <c r="E13" s="188">
         <f t="shared" si="2"/>
-        <v>83.849552238805941</v>
-[...1 lines deleted...]
-      <c r="F13" s="196">
+        <v>52.238434163701086</v>
+      </c>
+      <c r="F13" s="188">
         <f t="shared" si="2"/>
-        <v>144.83104477611937</v>
-[...1 lines deleted...]
-      <c r="G13" s="196">
+        <v>94.029181494661955</v>
+      </c>
+      <c r="G13" s="188">
         <f t="shared" si="2"/>
-        <v>160.0764179104477</v>
-[...1 lines deleted...]
-      <c r="H13" s="196">
+        <v>100.9943060498221</v>
+      </c>
+      <c r="H13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="I13" s="196">
+      <c r="I13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="J13" s="196">
+      <c r="J13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="K13" s="196">
+      <c r="K13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="L13" s="196">
+      <c r="L13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="M13" s="196">
+      <c r="M13" s="188">
         <f t="shared" si="2"/>
         <v>0.6</v>
       </c>
-      <c r="N13" s="194" cm="1">
+      <c r="N13" s="186" cm="1">
         <f t="array" ref="N13">SUMPRODUCT((B4:M4&gt;=$B$7)*(B10:M10))</f>
-        <v>60.599999999999994</v>
-[...1 lines deleted...]
-      <c r="O13" s="185"/>
+        <v>42.3</v>
+      </c>
+      <c r="O13" s="177"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A14" s="258" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="259">
+      <c r="A14" s="190" t="s">
+        <v>132</v>
+      </c>
+      <c r="B14" s="191">
         <f>IF(B$4&lt;$B$7,B6,B9-($N$12/$N$13)*B10)</f>
-        <v>91.472238805970122</v>
-[...1 lines deleted...]
-      <c r="C14" s="259">
+        <v>59.203558718861231</v>
+      </c>
+      <c r="C14" s="191">
         <f t="shared" ref="C14:M14" si="3">IF(C$4&lt;$B$7,C6,C9-($N$12/$N$13)*C10)</f>
-        <v>114.34029850746265</v>
-[...1 lines deleted...]
-      <c r="D14" s="259">
+        <v>73.133807829181521</v>
+      </c>
+      <c r="D14" s="191">
         <f t="shared" si="3"/>
-        <v>167.69910447761188</v>
-[...1 lines deleted...]
-      <c r="E14" s="259">
+        <v>107.95943060498224</v>
+      </c>
+      <c r="E14" s="191">
         <f t="shared" si="3"/>
-        <v>83.849552238805941</v>
-[...1 lines deleted...]
-      <c r="F14" s="259">
+        <v>52.238434163701086</v>
+      </c>
+      <c r="F14" s="191">
         <f t="shared" si="3"/>
-        <v>144.83104477611937</v>
-[...1 lines deleted...]
-      <c r="G14" s="259">
+        <v>94.029181494661955</v>
+      </c>
+      <c r="G14" s="191">
         <f t="shared" si="3"/>
-        <v>160.0764179104477</v>
-[...1 lines deleted...]
-      <c r="H14" s="259">
+        <v>100.9943060498221</v>
+      </c>
+      <c r="H14" s="191">
         <f t="shared" si="3"/>
-        <v>161.97017289788684</v>
-[...1 lines deleted...]
-      <c r="I14" s="259">
+        <v>99.77122737942004</v>
+      </c>
+      <c r="I14" s="191">
         <f t="shared" si="3"/>
-        <v>150.24021279739918</v>
-[...1 lines deleted...]
-      <c r="J14" s="259">
+        <v>92.075944574846702</v>
+      </c>
+      <c r="J14" s="191">
         <f t="shared" si="3"/>
-        <v>158.67025269691155</v>
-[...1 lines deleted...]
-      <c r="K14" s="259">
+        <v>97.156841069130039</v>
+      </c>
+      <c r="K14" s="191">
         <f t="shared" si="3"/>
-        <v>156.39019949756175</v>
-[...1 lines deleted...]
-      <c r="L14" s="259">
+        <v>96.099765275990038</v>
+      </c>
+      <c r="L14" s="191">
         <f t="shared" si="3"/>
-        <v>153.09027929658643</v>
-[...1 lines deleted...]
-      <c r="M14" s="259">
+        <v>93.309199666843369</v>
+      </c>
+      <c r="M14" s="191">
         <f t="shared" si="3"/>
-        <v>157.53022609723664</v>
-[...1 lines deleted...]
-      <c r="N14" s="185"/>
+        <v>96.628303172560038</v>
+      </c>
+      <c r="N14" s="177"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A15" s="267" t="s">
-[...13 lines deleted...]
-      <c r="M15" s="267"/>
+      <c r="A15" s="245" t="s">
+        <v>138</v>
+      </c>
+      <c r="B15" s="245"/>
+      <c r="C15" s="245"/>
+      <c r="D15" s="245"/>
+      <c r="E15" s="245"/>
+      <c r="F15" s="245"/>
+      <c r="G15" s="245"/>
+      <c r="H15" s="245"/>
+      <c r="I15" s="245"/>
+      <c r="J15" s="245"/>
+      <c r="K15" s="245"/>
+      <c r="L15" s="245"/>
+      <c r="M15" s="245"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="A15:M15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2:M2" location="Erfassung!A1" display="1. Erfasse deine bisherige Arbeitszeit unter Erfassung. Also wenn du 80% arbeitest, dann trage von Januar bis Dezember 80% ein." xr:uid="{0A2D2495-2BB1-4F36-8391-CE1506AEC3C4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle3">
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
-  <dimension ref="A1:K27"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="133" zoomScaleNormal="145" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="133" zoomScaleNormal="145" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" style="23" customWidth="1"/>
     <col min="2" max="2" width="18.140625" style="12" customWidth="1"/>
     <col min="3" max="4" width="13.85546875" style="12" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="13" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="12.85546875" customWidth="1"/>
     <col min="7" max="7" width="18.42578125" customWidth="1"/>
     <col min="8" max="9" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="15" max="16" width="10.7109375" hidden="1" customWidth="1"/>
+    <col min="17" max="20" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="C1" s="155" t="s">
-[...2 lines deleted...]
-      <c r="D1" s="155" t="str" cm="1">
+      <c r="C1" s="149" t="s">
+        <v>82</v>
+      </c>
+      <c r="D1" s="149" t="str" cm="1">
         <f t="array" ref="D1">INDEX(E2:E20,E1)</f>
         <v>AG</v>
       </c>
       <c r="E1" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:16" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="26">
         <v>46023</v>
       </c>
       <c r="B2" s="27" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G2" s="250" t="s">
+        <v>83</v>
+      </c>
+      <c r="G2" s="246" t="s">
         <v>44</v>
       </c>
-      <c r="H2" s="250"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H2" s="246"/>
+      <c r="I2" s="246"/>
+    </row>
+    <row r="3" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="26">
         <v>46115</v>
       </c>
       <c r="B3" s="27" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F3" s="3"/>
-      <c r="G3" s="250"/>
-[...1 lines deleted...]
-      <c r="I3" s="250"/>
+      <c r="G3" s="246"/>
+      <c r="H3" s="246"/>
+      <c r="I3" s="246"/>
       <c r="J3" s="3"/>
     </row>
-    <row r="4" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="26">
         <v>46118</v>
       </c>
       <c r="B4" s="27" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="26">
         <v>46156</v>
       </c>
       <c r="B5" s="27" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="26">
         <v>46167</v>
       </c>
       <c r="B6" s="27" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G6" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="26">
         <v>46235</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E7" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="H7" s="165" t="s">
+        <v>93</v>
+      </c>
+      <c r="G7" s="163" t="s">
+        <v>81</v>
+      </c>
+      <c r="H7" s="159" t="s">
         <v>50</v>
       </c>
-      <c r="I7" s="165" t="s">
+      <c r="I7" s="159" t="s">
         <v>51</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N7" t="str" cm="1">
+        <f t="array" ref="N7:P12">_xlfn._xlws.FILTER('Kantonale Abweichungen'!G:I,'Kantonale Abweichungen'!F:F=$D$1,"")</f>
+        <v>Weihnachtsferien</v>
+      </c>
+      <c r="O7" s="162">
+        <v>46012</v>
+      </c>
+      <c r="P7" s="162">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="26">
         <v>46381</v>
       </c>
       <c r="B8" s="27" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
+        <v>95</v>
+      </c>
+      <c r="G8" s="71" t="str">
+        <f>IF(N7="","",N7)</f>
+        <v>Weihnachtsferien</v>
+      </c>
+      <c r="H8" s="72">
+        <f t="shared" ref="H8:I8" si="0">IF(O7="","",O7)</f>
+        <v>46012</v>
+      </c>
+      <c r="I8" s="72">
+        <f t="shared" si="0"/>
+        <v>46029</v>
+      </c>
+      <c r="N8" t="str">
+        <v>Sportferien</v>
+      </c>
+      <c r="O8" s="162">
+        <v>46046</v>
+      </c>
+      <c r="P8" s="162">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="26">
+        <f>IF(O17="","",O17)</f>
+        <v>46024</v>
+      </c>
+      <c r="B9" s="26" t="str">
+        <f>IF(P17="","",P17)</f>
+        <v>Berchtoldstag</v>
+      </c>
+      <c r="E9" t="s">
+        <v>96</v>
+      </c>
+      <c r="G9" s="71" t="str">
+        <f t="shared" ref="G9:G13" si="1">IF(N8="","",N8)</f>
+        <v>Sportferien</v>
+      </c>
+      <c r="H9" s="72">
+        <f t="shared" ref="H9:H13" si="2">IF(O8="","",O8)</f>
+        <v>46046</v>
+      </c>
+      <c r="I9" s="72">
+        <f t="shared" ref="I9:I13" si="3">IF(P8="","",P8)</f>
+        <v>46061</v>
+      </c>
+      <c r="N9" t="str">
+        <v>Frühlingsferien</v>
+      </c>
+      <c r="O9" s="162">
+        <v>46116</v>
+      </c>
+      <c r="P9" s="162">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="26">
+        <f t="shared" ref="A10:A22" si="4">IF(O18="","",O18)</f>
+        <v>46177</v>
+      </c>
+      <c r="B10" s="26" t="str">
+        <f t="shared" ref="B10:B22" si="5">IF(P18="","",P18)</f>
+        <v>Fronleichnam</v>
+      </c>
+      <c r="E10" t="s">
         <v>97</v>
       </c>
-      <c r="G8" s="71" t="str" cm="1">
-        <f t="array" ref="G8:I13">_xlfn._xlws.FILTER('Kantonale Abweichungen'!G:I,'Kantonale Abweichungen'!F:F=$D$1,"")</f>
+      <c r="G10" s="71" t="str">
+        <f t="shared" si="1"/>
+        <v>Frühlingsferien</v>
+      </c>
+      <c r="H10" s="72">
+        <f t="shared" si="2"/>
+        <v>46116</v>
+      </c>
+      <c r="I10" s="72">
+        <f t="shared" si="3"/>
+        <v>46131</v>
+      </c>
+      <c r="N10" t="str">
+        <v>Sommerferien</v>
+      </c>
+      <c r="O10" s="162">
+        <v>46223</v>
+      </c>
+      <c r="P10" s="162">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="26">
+        <f t="shared" si="4"/>
+        <v>46249</v>
+      </c>
+      <c r="B11" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v>Mariä Himmelfahrt</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" s="71" t="str">
+        <f t="shared" si="1"/>
+        <v>Sommerferien</v>
+      </c>
+      <c r="H11" s="72">
+        <f t="shared" si="2"/>
+        <v>46223</v>
+      </c>
+      <c r="I11" s="72">
+        <f t="shared" si="3"/>
+        <v>46241</v>
+      </c>
+      <c r="N11" t="str">
+        <v>Herbstferien</v>
+      </c>
+      <c r="O11" s="162">
+        <v>46293</v>
+      </c>
+      <c r="P11" s="162">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="26">
+        <f t="shared" si="4"/>
+        <v>46327</v>
+      </c>
+      <c r="B12" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v>Allerheiligen</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="G12" s="71" t="str">
+        <f t="shared" si="1"/>
+        <v>Herbstferien</v>
+      </c>
+      <c r="H12" s="72">
+        <f t="shared" si="2"/>
+        <v>46293</v>
+      </c>
+      <c r="I12" s="72">
+        <f t="shared" si="3"/>
+        <v>46304</v>
+      </c>
+      <c r="N12" t="str">
         <v>Weihnachtsferien</v>
       </c>
-      <c r="H8" s="72">
-[...8 lines deleted...]
-        <f t="array" ref="A9:B13">_xlfn._xlws.FILTER('Kantonale Abweichungen'!B:C,'Kantonale Abweichungen'!A:A='Feiertage und Ferien'!D1,"")</f>
+      <c r="O12" s="162">
+        <v>46380</v>
+      </c>
+      <c r="P12" s="162">
+        <v>46393</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="26">
+        <f t="shared" si="4"/>
+        <v>46382</v>
+      </c>
+      <c r="B13" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v>Stephanstag</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="G13" s="71" t="str">
+        <f t="shared" si="1"/>
+        <v>Weihnachtsferien</v>
+      </c>
+      <c r="H13" s="72">
+        <f t="shared" si="2"/>
+        <v>46380</v>
+      </c>
+      <c r="I13" s="72">
+        <f t="shared" si="3"/>
+        <v>46393</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B14" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B15" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" s="148" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" s="147"/>
+    </row>
+    <row r="16" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B16" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" s="148" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" s="147"/>
+      <c r="O16" s="162"/>
+    </row>
+    <row r="17" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B17" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E17" t="s">
+        <v>104</v>
+      </c>
+      <c r="K17" s="147"/>
+      <c r="O17" s="162" cm="1">
+        <f t="array" ref="O17:P21">_xlfn._xlws.FILTER('Kantonale Abweichungen'!B:C,'Kantonale Abweichungen'!A:A='Feiertage und Ferien'!D1,"")</f>
         <v>46024</v>
       </c>
-      <c r="B9" s="27" t="str">
+      <c r="P17" t="str">
         <v>Berchtoldstag</v>
       </c>
-      <c r="E9" t="s">
-[...13 lines deleted...]
-      <c r="A10" s="26">
+    </row>
+    <row r="18" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B18" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E18" t="s">
+        <v>105</v>
+      </c>
+      <c r="K18" s="147"/>
+      <c r="O18" s="162">
         <v>46177</v>
       </c>
-      <c r="B10" s="27" t="str">
+      <c r="P18" t="str">
         <v>Fronleichnam</v>
       </c>
-      <c r="E10" t="s">
-[...13 lines deleted...]
-      <c r="A11" s="26">
+    </row>
+    <row r="19" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B19" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="K19" s="147"/>
+      <c r="O19" s="162">
         <v>46249</v>
       </c>
-      <c r="B11" s="27" t="str">
+      <c r="P19" t="str">
         <v>Mariä Himmelfahrt</v>
       </c>
-      <c r="E11" t="s">
-[...13 lines deleted...]
-      <c r="A12" s="26">
+    </row>
+    <row r="20" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B20" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="E20" t="s">
+        <v>107</v>
+      </c>
+      <c r="K20" s="147"/>
+      <c r="O20" s="162">
         <v>46327</v>
       </c>
-      <c r="B12" s="27" t="str">
+      <c r="P20" t="str">
         <v>Allerheiligen</v>
       </c>
-      <c r="E12" t="s">
-[...13 lines deleted...]
-      <c r="A13" s="26">
+    </row>
+    <row r="21" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B21" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="K21" s="147"/>
+      <c r="O21" s="162">
         <v>46382</v>
       </c>
-      <c r="B13" s="27" t="str">
+      <c r="P21" t="str">
         <v>Stephanstag</v>
       </c>
-      <c r="E13" t="s">
-[...99 lines deleted...]
-      <c r="K27" s="153"/>
+    </row>
+    <row r="22" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="26" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="B22" s="26" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+      <c r="K22" s="147"/>
+      <c r="O22" s="162"/>
+    </row>
+    <row r="23" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="247" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" s="247"/>
+      <c r="K23" s="147"/>
+      <c r="O23" s="162"/>
+    </row>
+    <row r="24" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="248"/>
+      <c r="B24" s="248"/>
+      <c r="K24" s="147"/>
+      <c r="O24" s="162"/>
+    </row>
+    <row r="25" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="248"/>
+      <c r="B25" s="248"/>
+      <c r="K25" s="147"/>
+      <c r="O25" s="162"/>
+    </row>
+    <row r="26" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K26" s="147"/>
+      <c r="O26" s="162"/>
+    </row>
+    <row r="27" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K27" s="147"/>
+      <c r="O27" s="162"/>
+    </row>
+    <row r="28" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O28" s="162"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="G2:I3"/>
+    <mergeCell ref="A23:B25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G2:I3" location="Arbeitszeiten!A1" display="zu den Resultaten" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="G15" r:id="rId1" xr:uid="{9B4AFC82-8A99-456A-B289-F35AFE5BA841}"/>
     <hyperlink ref="G16" r:id="rId2" display="Anleitung zur Berechung eines Halber Feiertages oder zusätzlichen Ferien" xr:uid="{3F43D85A-F59C-4287-A5D9-B71A0A22F290}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId6" name="List Box 3">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>0</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
@@ -9506,2210 +9821,2210 @@
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7912448F-F88B-458E-8321-2F35A659E3B5}">
   <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView topLeftCell="F1" workbookViewId="0">
       <selection activeCell="N42" sqref="N42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" hidden="1" customWidth="1"/>
-    <col min="2" max="2" width="10.140625" style="168" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="10.140625" style="162" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="5" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="0" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17" bestFit="1" customWidth="1"/>
-    <col min="8" max="9" width="10.140625" style="168" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="10.140625" style="162" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="166" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="167" t="s">
+      <c r="A1" s="160" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1" s="161" t="s">
         <v>15</v>
       </c>
-      <c r="C1" s="166" t="s">
+      <c r="C1" s="160" t="s">
         <v>16</v>
       </c>
-      <c r="D1" s="166" t="s">
+      <c r="D1" s="160" t="s">
         <v>0</v>
       </c>
-      <c r="F1" s="268" t="s">
-[...5 lines deleted...]
-      <c r="H1" s="268" t="s">
+      <c r="F1" s="197" t="s">
+        <v>82</v>
+      </c>
+      <c r="G1" s="197" t="s">
+        <v>81</v>
+      </c>
+      <c r="H1" s="197" t="s">
         <v>50</v>
       </c>
-      <c r="I1" s="268" t="s">
+      <c r="I1" s="197" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B2" s="168">
+        <v>83</v>
+      </c>
+      <c r="B2" s="162">
         <v>46024</v>
       </c>
       <c r="C2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D2">
         <v>2026</v>
       </c>
       <c r="F2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G2" t="s">
         <v>49</v>
       </c>
-      <c r="H2" s="168">
+      <c r="H2" s="162">
         <v>46012</v>
       </c>
-      <c r="I2" s="168">
+      <c r="I2" s="162">
         <v>46029</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" s="162">
+        <v>46177</v>
+      </c>
+      <c r="C3" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D3">
         <v>2026</v>
       </c>
       <c r="F3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G3" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H3" s="168">
+        <v>108</v>
+      </c>
+      <c r="H3" s="162">
         <v>46046</v>
       </c>
-      <c r="I3" s="168">
+      <c r="I3" s="162">
         <v>46061</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B4" s="168">
+        <v>83</v>
+      </c>
+      <c r="B4" s="162">
         <v>46249</v>
       </c>
       <c r="C4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D4">
         <v>2026</v>
       </c>
       <c r="F4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G4" t="s">
         <v>46</v>
       </c>
-      <c r="H4" s="168">
+      <c r="H4" s="162">
         <v>46116</v>
       </c>
-      <c r="I4" s="168">
+      <c r="I4" s="162">
         <v>46131</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B5" s="168">
+        <v>83</v>
+      </c>
+      <c r="B5" s="162">
         <v>46327</v>
       </c>
       <c r="C5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D5">
         <v>2026</v>
       </c>
       <c r="F5" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
-      <c r="H5" s="168">
+      <c r="H5" s="162">
         <v>46223</v>
       </c>
-      <c r="I5" s="168">
+      <c r="I5" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B6" s="168">
+        <v>83</v>
+      </c>
+      <c r="B6" s="162">
         <v>46382</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2026</v>
       </c>
       <c r="F6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
-      <c r="H6" s="168">
+      <c r="H6" s="162">
         <v>46293</v>
       </c>
-      <c r="I6" s="168">
+      <c r="I6" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B7" s="168">
+        <v>88</v>
+      </c>
+      <c r="B7" s="162">
         <v>46177</v>
       </c>
       <c r="C7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D7">
         <v>2026</v>
       </c>
       <c r="F7" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
-      <c r="H7" s="168">
+      <c r="H7" s="162">
         <v>46380</v>
       </c>
-      <c r="I7" s="168">
+      <c r="I7" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B8" s="168">
+        <v>88</v>
+      </c>
+      <c r="B8" s="162">
         <v>46249</v>
       </c>
       <c r="C8" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D8">
         <v>2026</v>
       </c>
       <c r="F8" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="168">
+      <c r="H8" s="162">
         <v>46015</v>
       </c>
-      <c r="I8" s="168">
+      <c r="I8" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B9" s="168">
+        <v>88</v>
+      </c>
+      <c r="B9" s="162">
         <v>46327</v>
       </c>
       <c r="C9" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D9">
         <v>2026</v>
       </c>
       <c r="F9" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
-      <c r="H9" s="168">
+      <c r="H9" s="162">
         <v>46118</v>
       </c>
-      <c r="I9" s="168">
+      <c r="I9" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B10" s="168">
+        <v>88</v>
+      </c>
+      <c r="B10" s="162">
         <v>46382</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
         <v>2026</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
-      <c r="H10" s="168">
+      <c r="H10" s="162">
         <v>46209</v>
       </c>
-      <c r="I10" s="168">
+      <c r="I10" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B11" s="168">
+        <v>89</v>
+      </c>
+      <c r="B11" s="162">
         <v>46382</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11">
         <v>2026</v>
       </c>
       <c r="F11" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
-      <c r="H11" s="168">
+      <c r="H11" s="162">
         <v>46293</v>
       </c>
-      <c r="I11" s="168">
+      <c r="I11" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="B12" s="168">
+        <v>90</v>
+      </c>
+      <c r="B12" s="162">
         <v>46024</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D12">
         <v>2026</v>
       </c>
       <c r="F12" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
-      <c r="H12" s="168">
+      <c r="H12" s="162">
         <v>46380</v>
       </c>
-      <c r="I12" s="168">
+      <c r="I12" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="B13" s="168">
+        <v>90</v>
+      </c>
+      <c r="B13" s="162">
         <v>46382</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13">
         <v>2026</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
-      <c r="H13" s="168">
+      <c r="H13" s="162">
         <v>46015</v>
       </c>
-      <c r="I13" s="168">
+      <c r="I13" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B14" s="168">
+        <v>91</v>
+      </c>
+      <c r="B14" s="162">
         <v>46143</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D14">
         <v>2026</v>
       </c>
       <c r="F14" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G14" t="s">
         <v>46</v>
       </c>
-      <c r="H14" s="168">
+      <c r="H14" s="162">
         <v>46118</v>
       </c>
-      <c r="I14" s="168">
+      <c r="I14" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B15" s="168">
+        <v>91</v>
+      </c>
+      <c r="B15" s="162">
         <v>46382</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15">
         <v>2026</v>
       </c>
       <c r="F15" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
-      <c r="H15" s="168">
+      <c r="H15" s="162">
         <v>46209</v>
       </c>
-      <c r="I15" s="168">
+      <c r="I15" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="B16" s="168">
+        <v>93</v>
+      </c>
+      <c r="B16" s="162">
         <v>46143</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D16">
         <v>2026</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
-      <c r="H16" s="168">
+      <c r="H16" s="162">
         <v>46293</v>
       </c>
-      <c r="I16" s="168">
+      <c r="I16" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="B17" s="168">
+        <v>93</v>
+      </c>
+      <c r="B17" s="162">
         <v>46382</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17">
         <v>2026</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
-      <c r="H17" s="168">
+      <c r="H17" s="162">
         <v>46380</v>
       </c>
-      <c r="I17" s="168">
+      <c r="I17" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B18" s="168">
+        <v>94</v>
+      </c>
+      <c r="B18" s="162">
         <v>46024</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D18">
         <v>2026</v>
       </c>
       <c r="F18" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
-      <c r="H18" s="168">
+      <c r="H18" s="162">
         <v>46015</v>
       </c>
-      <c r="I18" s="168">
+      <c r="I18" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="B19" s="168">
+        <v>95</v>
+      </c>
+      <c r="B19" s="162">
         <v>46382</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19">
         <v>2026</v>
       </c>
       <c r="F19" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G19" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H19" s="168">
+        <v>108</v>
+      </c>
+      <c r="H19" s="162">
         <v>46055</v>
       </c>
-      <c r="I19" s="168">
+      <c r="I19" s="162">
         <v>46066</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B20" s="168">
+        <v>96</v>
+      </c>
+      <c r="B20" s="162">
         <v>46382</v>
       </c>
       <c r="C20" t="s">
         <v>22</v>
       </c>
       <c r="D20">
         <v>2026</v>
       </c>
       <c r="F20" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G20" t="s">
         <v>46</v>
       </c>
-      <c r="H20" s="168">
+      <c r="H20" s="162">
         <v>46118</v>
       </c>
-      <c r="I20" s="168">
+      <c r="I20" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B21" s="168">
+        <v>97</v>
+      </c>
+      <c r="B21" s="162">
         <v>46024</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D21">
         <v>2026</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
-      <c r="H21" s="168">
+      <c r="H21" s="162">
         <v>46209</v>
       </c>
-      <c r="I21" s="168">
+      <c r="I21" s="162">
         <v>46248</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B22" s="168">
+        <v>97</v>
+      </c>
+      <c r="B22" s="162">
         <v>46177</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D22">
         <v>2026</v>
       </c>
       <c r="F22" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
-      <c r="H22" s="168">
+      <c r="H22" s="162">
         <v>46293</v>
       </c>
-      <c r="I22" s="168">
+      <c r="I22" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B23" s="168">
+        <v>97</v>
+      </c>
+      <c r="B23" s="162">
         <v>46249</v>
       </c>
       <c r="C23" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D23">
         <v>2026</v>
       </c>
       <c r="F23" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
-      <c r="H23" s="168">
+      <c r="H23" s="162">
         <v>46380</v>
       </c>
-      <c r="I23" s="168">
+      <c r="I23" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B24" s="168">
+        <v>97</v>
+      </c>
+      <c r="B24" s="162">
         <v>46327</v>
       </c>
       <c r="C24" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D24">
         <v>2026</v>
       </c>
       <c r="F24" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
-      <c r="H24" s="168">
+      <c r="H24" s="162">
         <v>46015</v>
       </c>
-      <c r="I24" s="168">
+      <c r="I24" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B25" s="168">
+        <v>97</v>
+      </c>
+      <c r="B25" s="162">
         <v>46382</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25">
         <v>2026</v>
       </c>
       <c r="F25" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G25" t="s">
         <v>46</v>
       </c>
-      <c r="H25" s="168">
+      <c r="H25" s="162">
         <v>46118</v>
       </c>
-      <c r="I25" s="168">
+      <c r="I25" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B26" s="168">
+        <v>98</v>
+      </c>
+      <c r="B26" s="162">
         <v>46024</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D26">
         <v>2026</v>
       </c>
       <c r="F26" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
-      <c r="H26" s="168">
+      <c r="H26" s="162">
         <v>46209</v>
       </c>
-      <c r="I26" s="168">
+      <c r="I26" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B27" s="168">
+        <v>98</v>
+      </c>
+      <c r="B27" s="162">
         <v>46177</v>
       </c>
       <c r="C27" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D27">
         <v>2026</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
-      <c r="H27" s="168">
+      <c r="H27" s="162">
         <v>46293</v>
       </c>
-      <c r="I27" s="168">
+      <c r="I27" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B28" s="168">
+        <v>98</v>
+      </c>
+      <c r="B28" s="162">
         <v>46249</v>
       </c>
       <c r="C28" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D28">
         <v>2026</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
-      <c r="H28" s="168">
+      <c r="H28" s="162">
         <v>46380</v>
       </c>
-      <c r="I28" s="168">
+      <c r="I28" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B29" s="168">
+        <v>98</v>
+      </c>
+      <c r="B29" s="162">
         <v>46327</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D29">
         <v>2026</v>
       </c>
       <c r="F29" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
-      <c r="H29" s="168">
+      <c r="H29" s="162">
         <v>46375</v>
       </c>
-      <c r="I29" s="168">
+      <c r="I29" s="162">
         <v>46391</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B30" s="168">
+        <v>98</v>
+      </c>
+      <c r="B30" s="162">
         <v>46382</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30">
         <v>2026</v>
       </c>
       <c r="F30" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G30" t="s">
         <v>46</v>
       </c>
-      <c r="H30" s="168">
+      <c r="H30" s="162">
         <v>46109</v>
       </c>
-      <c r="I30" s="168">
+      <c r="I30" s="162">
         <v>46124</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B31" s="168">
+        <v>99</v>
+      </c>
+      <c r="B31" s="162">
         <v>46024</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D31">
         <v>2026</v>
       </c>
       <c r="F31" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
-      <c r="H31" s="168">
+      <c r="H31" s="162">
         <v>46200</v>
       </c>
-      <c r="I31" s="168">
+      <c r="I31" s="162">
         <v>46243</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B32" s="168">
+        <v>99</v>
+      </c>
+      <c r="B32" s="162">
         <v>46177</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D32">
         <v>2026</v>
       </c>
       <c r="F32" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
-      <c r="H32" s="168">
+      <c r="H32" s="162">
         <v>46291</v>
       </c>
-      <c r="I32" s="168">
+      <c r="I32" s="162">
         <v>46305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B33" s="168">
+        <v>99</v>
+      </c>
+      <c r="B33" s="162">
         <v>46249</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D33">
         <v>2026</v>
       </c>
       <c r="F33" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
-      <c r="H33" s="168">
+      <c r="H33" s="162">
         <v>46015</v>
       </c>
-      <c r="I33" s="168">
+      <c r="I33" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B34" s="168">
+        <v>99</v>
+      </c>
+      <c r="B34" s="162">
         <v>46327</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D34">
         <v>2026</v>
       </c>
       <c r="F34" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G34" t="s">
         <v>46</v>
       </c>
-      <c r="H34" s="168">
+      <c r="H34" s="162">
         <v>46118</v>
       </c>
-      <c r="I34" s="168">
+      <c r="I34" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B35" s="168">
+        <v>99</v>
+      </c>
+      <c r="B35" s="162">
         <v>46382</v>
       </c>
       <c r="C35" t="s">
         <v>22</v>
       </c>
       <c r="D35">
         <v>2026</v>
       </c>
       <c r="F35" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
-      <c r="H35" s="168">
+      <c r="H35" s="162">
         <v>46209</v>
       </c>
-      <c r="I35" s="168">
+      <c r="I35" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B36" s="168">
+        <v>100</v>
+      </c>
+      <c r="B36" s="162">
         <v>46382</v>
       </c>
       <c r="C36" t="s">
         <v>22</v>
       </c>
       <c r="D36">
         <v>2026</v>
       </c>
       <c r="F36" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
-      <c r="H36" s="168">
+      <c r="H36" s="162">
         <v>46293</v>
       </c>
-      <c r="I36" s="168">
+      <c r="I36" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B37" s="168">
+        <v>101</v>
+      </c>
+      <c r="B37" s="162">
         <v>46024</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D37">
         <v>2026</v>
       </c>
       <c r="F37" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
-      <c r="H37" s="168">
+      <c r="H37" s="162">
         <v>46380</v>
       </c>
-      <c r="I37" s="168">
+      <c r="I37" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B38" s="168">
+        <v>101</v>
+      </c>
+      <c r="B38" s="162">
         <v>46143</v>
       </c>
       <c r="C38" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D38">
         <v>2026</v>
       </c>
       <c r="F38" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
-      <c r="H38" s="168">
+      <c r="H38" s="162">
         <v>46015</v>
       </c>
-      <c r="I38" s="168">
+      <c r="I38" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="B39" s="168">
+        <v>101</v>
+      </c>
+      <c r="B39" s="162">
         <v>46382</v>
       </c>
       <c r="C39" t="s">
         <v>22</v>
       </c>
       <c r="D39">
         <v>2026</v>
       </c>
       <c r="F39" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G39" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H39" s="168">
+        <v>108</v>
+      </c>
+      <c r="H39" s="162">
         <v>46062</v>
       </c>
-      <c r="I39" s="168">
+      <c r="I39" s="162">
         <v>46073</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B40" s="168">
+        <v>102</v>
+      </c>
+      <c r="B40" s="162">
         <v>46143</v>
       </c>
       <c r="C40" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D40">
         <v>2026</v>
       </c>
       <c r="F40" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G40" t="s">
         <v>46</v>
       </c>
-      <c r="H40" s="168">
+      <c r="H40" s="162">
         <v>46118</v>
       </c>
-      <c r="I40" s="168">
+      <c r="I40" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B41" s="168">
+        <v>102</v>
+      </c>
+      <c r="B41" s="162">
         <v>46177</v>
       </c>
       <c r="C41" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D41">
         <v>2026</v>
       </c>
       <c r="F41" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
-      <c r="H41" s="168">
+      <c r="H41" s="162">
         <v>46209</v>
       </c>
-      <c r="I41" s="168">
+      <c r="I41" s="162">
         <v>46248</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B42" s="168">
+        <v>102</v>
+      </c>
+      <c r="B42" s="162">
         <v>46249</v>
       </c>
       <c r="C42" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D42">
         <v>2026</v>
       </c>
       <c r="F42" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
-      <c r="H42" s="168">
+      <c r="H42" s="162">
         <v>46293</v>
       </c>
-      <c r="I42" s="168">
+      <c r="I42" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B43" s="168">
+        <v>102</v>
+      </c>
+      <c r="B43" s="162">
         <v>46327</v>
       </c>
       <c r="C43" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D43">
         <v>2026</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
-      <c r="H43" s="168">
+      <c r="H43" s="162">
         <v>46380</v>
       </c>
-      <c r="I43" s="168">
+      <c r="I43" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="B44" s="168">
+        <v>102</v>
+      </c>
+      <c r="B44" s="162">
         <v>46382</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44">
         <v>2026</v>
       </c>
       <c r="F44" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
-      <c r="H44" s="168">
+      <c r="H44" s="162">
         <v>46375</v>
       </c>
-      <c r="I44" s="168">
+      <c r="I44" s="162">
         <v>46390</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B45" s="168">
+        <v>103</v>
+      </c>
+      <c r="B45" s="162">
         <v>46024</v>
       </c>
       <c r="C45" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D45">
         <v>2026</v>
       </c>
       <c r="F45" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G45" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="H45" s="168">
+        <v>109</v>
+      </c>
+      <c r="H45" s="162">
         <v>46060</v>
       </c>
-      <c r="I45" s="168">
+      <c r="I45" s="162">
         <v>46075</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B46" s="168">
+        <v>103</v>
+      </c>
+      <c r="B46" s="162">
         <v>46177</v>
       </c>
       <c r="C46" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D46">
         <v>2026</v>
       </c>
       <c r="F46" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G46" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="H46" s="168">
+        <v>110</v>
+      </c>
+      <c r="H46" s="162">
         <v>46115</v>
       </c>
-      <c r="I46" s="168">
+      <c r="I46" s="162">
         <v>46131</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B47" s="168">
+        <v>103</v>
+      </c>
+      <c r="B47" s="162">
         <v>46249</v>
       </c>
       <c r="C47" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D47">
         <v>2026</v>
       </c>
       <c r="F47" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
-      <c r="H47" s="168">
+      <c r="H47" s="162">
         <v>46207</v>
       </c>
-      <c r="I47" s="168">
+      <c r="I47" s="162">
         <v>46250</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B48" s="168">
+        <v>103</v>
+      </c>
+      <c r="B48" s="162">
         <v>46327</v>
       </c>
       <c r="C48" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D48">
         <v>2026</v>
       </c>
       <c r="F48" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
-      <c r="H48" s="168">
+      <c r="H48" s="162">
         <v>46291</v>
       </c>
-      <c r="I48" s="168">
+      <c r="I48" s="162">
         <v>46306</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B49" s="168">
+        <v>103</v>
+      </c>
+      <c r="B49" s="162">
         <v>46382</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49">
         <v>2026</v>
       </c>
       <c r="F49" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
-      <c r="H49" s="168">
+      <c r="H49" s="162">
         <v>46015</v>
       </c>
-      <c r="I49" s="168">
+      <c r="I49" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B50" s="168">
+        <v>104</v>
+      </c>
+      <c r="B50" s="162">
         <v>46143</v>
       </c>
       <c r="C50" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D50">
         <v>2026</v>
       </c>
       <c r="F50" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G50" t="s">
         <v>46</v>
       </c>
-      <c r="H50" s="168">
+      <c r="H50" s="162">
         <v>46118</v>
       </c>
-      <c r="I50" s="168">
+      <c r="I50" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B51" s="168">
+        <v>104</v>
+      </c>
+      <c r="B51" s="162">
         <v>46382</v>
       </c>
       <c r="C51" t="s">
         <v>22</v>
       </c>
       <c r="D51">
         <v>2026</v>
       </c>
       <c r="F51" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
-      <c r="H51" s="168">
+      <c r="H51" s="162">
         <v>46209</v>
       </c>
-      <c r="I51" s="168">
+      <c r="I51" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B52" s="168">
+        <v>105</v>
+      </c>
+      <c r="B52" s="162">
         <v>46024</v>
       </c>
       <c r="C52" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D52">
         <v>2026</v>
       </c>
       <c r="F52" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G52" t="s">
         <v>48</v>
       </c>
-      <c r="H52" s="168">
+      <c r="H52" s="162">
         <v>46293</v>
       </c>
-      <c r="I52" s="168">
+      <c r="I52" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B53" s="168">
+        <v>105</v>
+      </c>
+      <c r="B53" s="162">
         <v>46177</v>
       </c>
       <c r="C53" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D53">
         <v>2026</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
-      <c r="H53" s="168">
+      <c r="H53" s="162">
         <v>46380</v>
       </c>
-      <c r="I53" s="168">
+      <c r="I53" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B54" s="168">
+        <v>105</v>
+      </c>
+      <c r="B54" s="162">
         <v>46249</v>
       </c>
       <c r="C54" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D54">
         <v>2026</v>
       </c>
       <c r="F54" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
-      <c r="H54" s="168">
+      <c r="H54" s="162">
         <v>46015</v>
       </c>
-      <c r="I54" s="168">
+      <c r="I54" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B55" s="168">
+        <v>105</v>
+      </c>
+      <c r="B55" s="162">
         <v>46327</v>
       </c>
       <c r="C55" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D55">
         <v>2026</v>
       </c>
       <c r="F55" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G55" t="s">
         <v>46</v>
       </c>
-      <c r="H55" s="168">
+      <c r="H55" s="162">
         <v>46118</v>
       </c>
-      <c r="I55" s="168">
+      <c r="I55" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="B56" s="168">
+        <v>105</v>
+      </c>
+      <c r="B56" s="162">
         <v>46382</v>
       </c>
       <c r="C56" t="s">
         <v>22</v>
       </c>
       <c r="D56">
         <v>2026</v>
       </c>
       <c r="F56" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
-      <c r="H56" s="168">
+      <c r="H56" s="162">
         <v>46209</v>
       </c>
-      <c r="I56" s="168">
+      <c r="I56" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B57" s="168">
+        <v>106</v>
+      </c>
+      <c r="B57" s="162">
         <v>46024</v>
       </c>
       <c r="C57" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D57">
         <v>2026</v>
       </c>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G57" t="s">
         <v>48</v>
       </c>
-      <c r="H57" s="168">
+      <c r="H57" s="162">
         <v>46293</v>
       </c>
-      <c r="I57" s="168">
+      <c r="I57" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B58" s="168">
+        <v>106</v>
+      </c>
+      <c r="B58" s="162">
         <v>46177</v>
       </c>
       <c r="C58" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D58">
         <v>2026</v>
       </c>
       <c r="F58" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G58" t="s">
         <v>49</v>
       </c>
-      <c r="H58" s="168">
+      <c r="H58" s="162">
         <v>46380</v>
       </c>
-      <c r="I58" s="168">
+      <c r="I58" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B59" s="168">
+        <v>106</v>
+      </c>
+      <c r="B59" s="162">
         <v>46249</v>
       </c>
       <c r="C59" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D59">
         <v>2026</v>
       </c>
       <c r="F59" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G59" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H59" s="168">
+        <v>79</v>
+      </c>
+      <c r="H59" s="162">
         <v>46011</v>
       </c>
-      <c r="I59" s="168">
+      <c r="I59" s="162">
         <v>46026</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B60" s="168">
+        <v>106</v>
+      </c>
+      <c r="B60" s="162">
         <v>46327</v>
       </c>
       <c r="C60" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D60">
         <v>2026</v>
       </c>
       <c r="F60" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H60" s="168">
+        <v>108</v>
+      </c>
+      <c r="H60" s="162">
         <v>46046</v>
       </c>
-      <c r="I60" s="168">
+      <c r="I60" s="162">
         <v>46054</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B61" s="168">
+        <v>106</v>
+      </c>
+      <c r="B61" s="162">
         <v>46382</v>
       </c>
       <c r="C61" t="s">
         <v>22</v>
       </c>
       <c r="D61">
         <v>2026</v>
       </c>
       <c r="F61" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G61" t="s">
         <v>46</v>
       </c>
-      <c r="H61" s="168">
+      <c r="H61" s="162">
         <v>46116</v>
       </c>
-      <c r="I61" s="168">
+      <c r="I61" s="162">
         <v>46131</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="B62" s="168">
+        <v>107</v>
+      </c>
+      <c r="B62" s="162">
         <v>46024</v>
       </c>
       <c r="C62" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D62">
         <v>2026</v>
       </c>
       <c r="F62" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
-      <c r="H62" s="168">
+      <c r="H62" s="162">
         <v>46208</v>
       </c>
-      <c r="I62" s="168">
+      <c r="I62" s="162">
         <v>46243</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="B63" s="168">
+        <v>107</v>
+      </c>
+      <c r="B63" s="162">
         <v>46143</v>
       </c>
       <c r="C63" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D63">
         <v>2026</v>
       </c>
       <c r="F63" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G63" t="s">
         <v>48</v>
       </c>
-      <c r="H63" s="168">
+      <c r="H63" s="162">
         <v>46292</v>
       </c>
-      <c r="I63" s="168">
+      <c r="I63" s="162">
         <v>46313</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="B64" s="168">
+        <v>107</v>
+      </c>
+      <c r="B64" s="162">
         <v>46382</v>
       </c>
       <c r="C64" t="s">
         <v>22</v>
       </c>
       <c r="D64">
         <v>2026</v>
       </c>
       <c r="F64" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G64" t="s">
         <v>49</v>
       </c>
-      <c r="H64" s="168">
+      <c r="H64" s="162">
         <v>46380</v>
       </c>
-      <c r="I64" s="168">
+      <c r="I64" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="65" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F65" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
-      <c r="H65" s="168">
+      <c r="H65" s="162">
         <v>46015</v>
       </c>
-      <c r="I65" s="168">
+      <c r="I65" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="66" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F66" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G66" t="s">
         <v>46</v>
       </c>
-      <c r="H66" s="168">
+      <c r="H66" s="162">
         <v>46118</v>
       </c>
-      <c r="I66" s="168">
+      <c r="I66" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="67" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F67" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G67" t="s">
         <v>47</v>
       </c>
-      <c r="H67" s="168">
+      <c r="H67" s="162">
         <v>46209</v>
       </c>
-      <c r="I67" s="168">
+      <c r="I67" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="68" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F68" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G68" t="s">
         <v>48</v>
       </c>
-      <c r="H68" s="168">
+      <c r="H68" s="162">
         <v>46293</v>
       </c>
-      <c r="I68" s="168">
+      <c r="I68" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="69" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F69" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
-      <c r="H69" s="168">
+      <c r="H69" s="162">
         <v>46380</v>
       </c>
-      <c r="I69" s="168">
+      <c r="I69" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="70" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F70" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
-      <c r="H70" s="168">
+      <c r="H70" s="162">
         <v>46015</v>
       </c>
-      <c r="I70" s="168">
+      <c r="I70" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="71" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F71" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G71" t="s">
         <v>46</v>
       </c>
-      <c r="H71" s="168">
+      <c r="H71" s="162">
         <v>46118</v>
       </c>
-      <c r="I71" s="168">
+      <c r="I71" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="72" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F72" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G72" t="s">
         <v>47</v>
       </c>
-      <c r="H72" s="168">
+      <c r="H72" s="162">
         <v>46209</v>
       </c>
-      <c r="I72" s="168">
+      <c r="I72" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="73" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F73" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
-      <c r="H73" s="168">
+      <c r="H73" s="162">
         <v>46293</v>
       </c>
-      <c r="I73" s="168">
+      <c r="I73" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="74" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F74" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G74" t="s">
         <v>49</v>
       </c>
-      <c r="H74" s="168">
+      <c r="H74" s="162">
         <v>46380</v>
       </c>
-      <c r="I74" s="168">
+      <c r="I74" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="75" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F75" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G75" t="s">
         <v>49</v>
       </c>
-      <c r="H75" s="168">
+      <c r="H75" s="162">
         <v>46015</v>
       </c>
-      <c r="I75" s="168">
+      <c r="I75" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="76" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F76" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G76" t="s">
         <v>46</v>
       </c>
-      <c r="H76" s="168">
+      <c r="H76" s="162">
         <v>46118</v>
       </c>
-      <c r="I76" s="168">
+      <c r="I76" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="77" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F77" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G77" t="s">
         <v>47</v>
       </c>
-      <c r="H77" s="168">
+      <c r="H77" s="162">
         <v>46209</v>
       </c>
-      <c r="I77" s="168">
+      <c r="I77" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="78" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F78" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G78" t="s">
         <v>48</v>
       </c>
-      <c r="H78" s="168">
+      <c r="H78" s="162">
         <v>46293</v>
       </c>
-      <c r="I78" s="168">
+      <c r="I78" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="79" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F79" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
-      <c r="H79" s="168">
+      <c r="H79" s="162">
         <v>46380</v>
       </c>
-      <c r="I79" s="168">
+      <c r="I79" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="80" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F80" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
-      <c r="H80" s="168">
+      <c r="H80" s="162">
         <v>46015</v>
       </c>
-      <c r="I80" s="168">
+      <c r="I80" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="81" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F81" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G81" t="s">
         <v>46</v>
       </c>
-      <c r="H81" s="168">
+      <c r="H81" s="162">
         <v>46118</v>
       </c>
-      <c r="I81" s="168">
+      <c r="I81" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="82" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F82" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G82" t="s">
         <v>47</v>
       </c>
-      <c r="H82" s="168">
+      <c r="H82" s="162">
         <v>46209</v>
       </c>
-      <c r="I82" s="168">
+      <c r="I82" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="83" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F83" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G83" t="s">
         <v>48</v>
       </c>
-      <c r="H83" s="168">
+      <c r="H83" s="162">
         <v>46293</v>
       </c>
-      <c r="I83" s="168">
+      <c r="I83" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="84" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F84" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
-      <c r="H84" s="168">
+      <c r="H84" s="162">
         <v>46380</v>
       </c>
-      <c r="I84" s="168">
+      <c r="I84" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="85" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F85" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G85" t="s">
         <v>49</v>
       </c>
-      <c r="H85" s="168">
+      <c r="H85" s="162">
         <v>46015</v>
       </c>
-      <c r="I85" s="168">
+      <c r="I85" s="162">
         <v>46028</v>
       </c>
     </row>
     <row r="86" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F86" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G86" t="s">
         <v>46</v>
       </c>
-      <c r="H86" s="168">
+      <c r="H86" s="162">
         <v>46118</v>
       </c>
-      <c r="I86" s="168">
+      <c r="I86" s="162">
         <v>46129</v>
       </c>
     </row>
     <row r="87" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F87" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
-      <c r="H87" s="168">
+      <c r="H87" s="162">
         <v>46209</v>
       </c>
-      <c r="I87" s="168">
+      <c r="I87" s="162">
         <v>46241</v>
       </c>
     </row>
     <row r="88" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F88" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G88" t="s">
         <v>48</v>
       </c>
-      <c r="H88" s="168">
+      <c r="H88" s="162">
         <v>46293</v>
       </c>
-      <c r="I88" s="168">
+      <c r="I88" s="162">
         <v>46304</v>
       </c>
     </row>
     <row r="89" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F89" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="G89" t="s">
         <v>49</v>
       </c>
-      <c r="H89" s="168">
+      <c r="H89" s="162">
         <v>46380</v>
       </c>
-      <c r="I89" s="168">
+      <c r="I89" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="90" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F90" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G90" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H90" s="168">
+        <v>79</v>
+      </c>
+      <c r="H90" s="162">
         <v>46011</v>
       </c>
-      <c r="I90" s="168">
+      <c r="I90" s="162">
         <v>46026</v>
       </c>
     </row>
     <row r="91" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F91" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G91" t="s">
         <v>46</v>
       </c>
-      <c r="H91" s="168">
+      <c r="H91" s="162">
         <v>46123</v>
       </c>
-      <c r="I91" s="168">
+      <c r="I91" s="162">
         <v>46138</v>
       </c>
     </row>
     <row r="92" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F92" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G92" t="s">
         <v>47</v>
       </c>
-      <c r="H92" s="168">
+      <c r="H92" s="162">
         <v>46207</v>
       </c>
-      <c r="I92" s="168">
+      <c r="I92" s="162">
         <v>46250</v>
       </c>
     </row>
     <row r="93" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F93" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G93" t="s">
         <v>49</v>
       </c>
-      <c r="H93" s="168">
+      <c r="H93" s="162">
         <v>46380</v>
       </c>
-      <c r="I93" s="168">
+      <c r="I93" s="162">
         <v>46393</v>
       </c>
     </row>
     <row r="94" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F94" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G94" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H94" s="168">
+        <v>79</v>
+      </c>
+      <c r="H94" s="162">
         <v>46011</v>
       </c>
-      <c r="I94" s="168">
+      <c r="I94" s="162">
         <v>46026</v>
       </c>
     </row>
     <row r="95" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F95" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G95" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H95" s="168">
+        <v>108</v>
+      </c>
+      <c r="H95" s="162">
         <v>46062</v>
       </c>
-      <c r="I95" s="168">
+      <c r="I95" s="162">
         <v>46073</v>
       </c>
     </row>
     <row r="96" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F96" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G96" t="s">
         <v>46</v>
       </c>
-      <c r="H96" s="168">
+      <c r="H96" s="162">
         <v>46130</v>
       </c>
-      <c r="I96" s="168">
+      <c r="I96" s="162">
         <v>46145</v>
       </c>
     </row>
     <row r="97" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F97" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G97" t="s">
         <v>47</v>
       </c>
-      <c r="H97" s="168">
+      <c r="H97" s="162">
         <v>46214</v>
       </c>
-      <c r="I97" s="168">
+      <c r="I97" s="162">
         <v>46257</v>
       </c>
     </row>
     <row r="98" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F98" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G98" t="s">
         <v>48</v>
       </c>
-      <c r="H98" s="168">
+      <c r="H98" s="162">
         <v>46299</v>
       </c>
-      <c r="I98" s="168">
+      <c r="I98" s="162">
         <v>46313</v>
       </c>
     </row>
     <row r="99" spans="6:9" x14ac:dyDescent="0.25">
       <c r="F99" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G99" t="s">
         <v>49</v>
       </c>
-      <c r="H99" s="168">
+      <c r="H99" s="162">
         <v>46380</v>
       </c>
-      <c r="I99" s="168">
+      <c r="I99" s="162">
         <v>46393</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Tabelle4">
     <tabColor rgb="FFC00926"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AL51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="118" zoomScaleNormal="118" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="P17" sqref="P17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1" customWidth="1"/>
     <col min="2" max="32" width="4" style="29" customWidth="1"/>
     <col min="33" max="33" width="6" style="5" customWidth="1"/>
@@ -11843,54 +12158,54 @@
       </c>
       <c r="AB2" s="41">
         <v>27</v>
       </c>
       <c r="AC2" s="41">
         <v>28</v>
       </c>
       <c r="AD2" s="41">
         <v>29</v>
       </c>
       <c r="AE2" s="41">
         <v>30</v>
       </c>
       <c r="AF2" s="42">
         <v>31</v>
       </c>
       <c r="AG2" s="15" t="s">
         <v>23</v>
       </c>
       <c r="AH2" s="15" t="s">
         <v>24</v>
       </c>
       <c r="AI2" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="AJ2" s="251" t="s">
+      <c r="AJ2" s="249" t="s">
         <v>41</v>
       </c>
-      <c r="AK2" s="252"/>
+      <c r="AK2" s="250"/>
     </row>
     <row r="3" spans="1:38" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="17"/>
       <c r="B3" s="52">
         <f>DATE(A2,1,1)</f>
         <v>46023</v>
       </c>
       <c r="C3" s="53">
         <f>B3+1</f>
         <v>46024</v>
       </c>
       <c r="D3" s="53">
         <f t="shared" ref="D3:AF3" si="0">C3+1</f>
         <v>46025</v>
       </c>
       <c r="E3" s="53">
         <f t="shared" si="0"/>
         <v>46026</v>
       </c>
       <c r="F3" s="53">
         <f t="shared" si="0"/>
         <v>46027</v>
       </c>
       <c r="G3" s="53">
         <f t="shared" si="0"/>
@@ -11981,194 +12296,194 @@
         <v>46049</v>
       </c>
       <c r="AC3" s="53">
         <f t="shared" si="0"/>
         <v>46050</v>
       </c>
       <c r="AD3" s="53">
         <f t="shared" si="0"/>
         <v>46051</v>
       </c>
       <c r="AE3" s="53">
         <f t="shared" si="0"/>
         <v>46052</v>
       </c>
       <c r="AF3" s="54">
         <f t="shared" si="0"/>
         <v>46053</v>
       </c>
       <c r="AG3" s="21"/>
       <c r="AH3" s="21"/>
       <c r="AI3" s="22"/>
       <c r="AJ3" s="59"/>
       <c r="AK3" s="60"/>
     </row>
     <row r="4" spans="1:38" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="253" t="s">
+      <c r="A4" s="251" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="97" t="str">
         <f>IF(ISNA(VLOOKUP(B3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B3)=1,WEEKDAY(B3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="C4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(C3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C3)=1,WEEKDAY(C3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="D4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(D3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D3)=1,WEEKDAY(D3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="E4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(E3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E3)=1,WEEKDAY(E3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="F4" s="98">
         <f>IF(ISNA(VLOOKUP(F3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F3)=1,WEEKDAY(F3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G4" s="98">
         <f>IF(ISNA(VLOOKUP(G3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G3)=1,WEEKDAY(G3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H4" s="98">
         <f>IF(ISNA(VLOOKUP(H3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H3)=1,WEEKDAY(H3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I4" s="98">
         <f>IF(ISNA(VLOOKUP(I3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I3)=1,WEEKDAY(I3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J4" s="98">
         <f>IF(ISNA(VLOOKUP(J3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J3)=1,WEEKDAY(J3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(K3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K3)=1,WEEKDAY(K3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="L4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(L3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L3)=1,WEEKDAY(L3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="M4" s="98">
         <f>IF(ISNA(VLOOKUP(M3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M3)=1,WEEKDAY(M3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N4" s="98">
         <f>IF(ISNA(VLOOKUP(N3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N3)=1,WEEKDAY(N3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O4" s="98">
         <f>IF(ISNA(VLOOKUP(O3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O3)=1,WEEKDAY(O3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P4" s="98">
         <f>IF(ISNA(VLOOKUP(P3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P3)=1,WEEKDAY(P3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q4" s="98">
         <f>IF(ISNA(VLOOKUP(Q3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q3)=1,WEEKDAY(Q3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(R3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R3)=1,WEEKDAY(R3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="S4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(S3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S3)=1,WEEKDAY(S3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="T4" s="98">
         <f>IF(ISNA(VLOOKUP(T3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T3)=1,WEEKDAY(T3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U4" s="98">
         <f>IF(ISNA(VLOOKUP(U3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U3)=1,WEEKDAY(U3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V4" s="98">
         <f>IF(ISNA(VLOOKUP(V3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V3)=1,WEEKDAY(V3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W4" s="98">
         <f>IF(ISNA(VLOOKUP(W3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W3)=1,WEEKDAY(W3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X4" s="98">
         <f>IF(ISNA(VLOOKUP(X3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X3)=1,WEEKDAY(X3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Y3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y3)=1,WEEKDAY(Y3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="Z4" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z3)=1,WEEKDAY(Z3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="AA4" s="98">
         <f>IF(ISNA(VLOOKUP(AA3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA3)=1,WEEKDAY(AA3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB4" s="98">
         <f>IF(ISNA(VLOOKUP(AB3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB3)=1,WEEKDAY(AB3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC4" s="98">
         <f>IF(ISNA(VLOOKUP(AC3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC3)=1,WEEKDAY(AC3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD4" s="98">
         <f>IF(ISNA(VLOOKUP(AD3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD3)=1,WEEKDAY(AD3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE4" s="98">
         <f>IF(ISNA(VLOOKUP(AE3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE3)=1,WEEKDAY(AE3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF4" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF3,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF3)=1,WEEKDAY(AF3)=7),"",Erfassung!$B$5*SUM(Erfassung!$G$5:$G$5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="109">
         <f>Erfassung!G5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ4" s="120" t="s">
         <v>32</v>
       </c>
-      <c r="AK4" s="189">
+      <c r="AK4" s="181">
         <f>(Arbeitszeiten!AJ5-AH5)/Erfassung!G5*'% Änderung unter Jahr'!B8</f>
         <v>0</v>
       </c>
       <c r="AL4" s="110"/>
     </row>
     <row r="5" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="256"/>
+      <c r="A5" s="254"/>
       <c r="B5" s="100" t="str">
         <f>IF(B4="F",B4,Arbeitstage!B5)</f>
         <v>F</v>
       </c>
       <c r="C5" s="101" t="str">
         <f>IF(C4="F",C4,Arbeitstage!C5)</f>
         <v>F</v>
       </c>
       <c r="D5" s="101" t="str">
         <f>IF(D4="F",D4,Arbeitstage!D5)</f>
         <v>F</v>
       </c>
       <c r="E5" s="101" t="str">
         <f>IF(E4="F",E4,Arbeitstage!E5)</f>
         <v>F</v>
       </c>
       <c r="F5" s="101" t="str">
         <f>IF(F4="F",F4,Arbeitstage!F5)</f>
         <v>F</v>
       </c>
       <c r="G5" s="101" t="str">
         <f>IF(G4="F",G4,Arbeitstage!G5)</f>
         <v>F</v>
       </c>
       <c r="H5" s="101" t="str">
@@ -12251,67 +12566,67 @@
         <f>IF(AA4="F",AA4,Arbeitstage!AA5)</f>
         <v>F</v>
       </c>
       <c r="AB5" s="101" t="str">
         <f>IF(AB4="F",AB4,Arbeitstage!AB5)</f>
         <v>F</v>
       </c>
       <c r="AC5" s="101" t="str">
         <f>IF(AC4="F",AC4,Arbeitstage!AC5)</f>
         <v>F</v>
       </c>
       <c r="AD5" s="101" t="str">
         <f>IF(AD4="F",AD4,Arbeitstage!AD5)</f>
         <v>F</v>
       </c>
       <c r="AE5" s="101" t="str">
         <f>IF(AE4="F",AE4,Arbeitstage!AE5)</f>
         <v>F</v>
       </c>
       <c r="AF5" s="102" t="str">
         <f>IF(AF4="F",AF4,Arbeitstage!AF5)</f>
         <v>F</v>
       </c>
       <c r="AG5" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH5" s="106">
         <f>IF(AG5="","",AG5*(Erfassung!B5/5)*SUM(Erfassung!G5:G5))</f>
-        <v>14.000000000000004</v>
+        <v>7.0000000000000009</v>
       </c>
       <c r="AI5" s="108">
         <f>SUM(B5:AF5)</f>
         <v>12</v>
       </c>
       <c r="AJ5" s="120">
         <f>SUM(B4:AF4)</f>
-        <v>134.4</v>
+        <v>84.000000000000028</v>
       </c>
       <c r="AK5" s="113">
         <f>ROUND(AI5*AI4/5,1)*5</f>
-        <v>12</v>
+        <v>8.5</v>
       </c>
       <c r="AL5" s="110"/>
     </row>
     <row r="6" spans="1:38" ht="12.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="52">
         <f>AF3+1</f>
         <v>46054</v>
       </c>
       <c r="C6" s="53">
         <f t="shared" ref="C6:AC6" si="1">B6+1</f>
         <v>46055</v>
       </c>
       <c r="D6" s="53">
         <f t="shared" si="1"/>
         <v>46056</v>
       </c>
       <c r="E6" s="53">
         <f t="shared" si="1"/>
         <v>46057</v>
       </c>
       <c r="F6" s="53">
         <f t="shared" si="1"/>
         <v>46058</v>
       </c>
@@ -12394,194 +12709,194 @@
       <c r="Z6" s="53">
         <f t="shared" si="1"/>
         <v>46078</v>
       </c>
       <c r="AA6" s="53">
         <f t="shared" si="1"/>
         <v>46079</v>
       </c>
       <c r="AB6" s="53">
         <f t="shared" si="1"/>
         <v>46080</v>
       </c>
       <c r="AC6" s="53">
         <f t="shared" si="1"/>
         <v>46081</v>
       </c>
       <c r="AD6" s="53"/>
       <c r="AE6" s="53"/>
       <c r="AF6" s="54"/>
       <c r="AI6" s="43"/>
       <c r="AJ6" s="121"/>
       <c r="AK6" s="61"/>
       <c r="AL6" s="110"/>
     </row>
     <row r="7" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="253" t="s">
+      <c r="A7" s="251" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="97" t="str">
         <f>IF(ISNA(VLOOKUP(B6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B6)=1,WEEKDAY(B6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="C7" s="98">
         <f>IF(ISNA(VLOOKUP(C6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C6)=1,WEEKDAY(C6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D7" s="98">
         <f>IF(ISNA(VLOOKUP(D6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D6)=1,WEEKDAY(D6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E7" s="98">
         <f>IF(ISNA(VLOOKUP(E6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E6)=1,WEEKDAY(E6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F7" s="98">
         <f>IF(ISNA(VLOOKUP(F6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F6)=1,WEEKDAY(F6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G7" s="98">
         <f>IF(ISNA(VLOOKUP(G6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G6)=1,WEEKDAY(G6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(H6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H6)=1,WEEKDAY(H6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="I7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(I6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I6)=1,WEEKDAY(I6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="J7" s="98">
         <f>IF(ISNA(VLOOKUP(J6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J6)=1,WEEKDAY(J6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K7" s="98">
         <f>IF(ISNA(VLOOKUP(K6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K6)=1,WEEKDAY(K6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L7" s="98">
         <f>IF(ISNA(VLOOKUP(L6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L6)=1,WEEKDAY(L6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M7" s="98">
         <f>IF(ISNA(VLOOKUP(M6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M6)=1,WEEKDAY(M6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N7" s="98">
         <f>IF(ISNA(VLOOKUP(N6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N6)=1,WEEKDAY(N6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(O6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O6)=1,WEEKDAY(O6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="P7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(P6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P6)=1,WEEKDAY(P6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="Q7" s="98">
         <f>IF(ISNA(VLOOKUP(Q6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q6)=1,WEEKDAY(Q6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R7" s="98">
         <f>IF(ISNA(VLOOKUP(R6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R6)=1,WEEKDAY(R6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S7" s="98">
         <f>IF(ISNA(VLOOKUP(S6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S6)=1,WEEKDAY(S6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T7" s="98">
         <f>IF(ISNA(VLOOKUP(T6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T6)=1,WEEKDAY(T6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U7" s="98">
         <f>IF(ISNA(VLOOKUP(U6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U6)=1,WEEKDAY(U6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(V6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V6)=1,WEEKDAY(V6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="W7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(W6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W6)=1,WEEKDAY(W6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="X7" s="98">
         <f>IF(ISNA(VLOOKUP(X6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X6)=1,WEEKDAY(X6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y7" s="98">
         <f>IF(ISNA(VLOOKUP(Y6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y6)=1,WEEKDAY(Y6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z7" s="98">
         <f>IF(ISNA(VLOOKUP(Z6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z6)=1,WEEKDAY(Z6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA7" s="98">
         <f>IF(ISNA(VLOOKUP(AA6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA6)=1,WEEKDAY(AA6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB7" s="98">
         <f>IF(ISNA(VLOOKUP(AB6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB6)=1,WEEKDAY(AB6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AC6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC6)=1,WEEKDAY(AC6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="AD7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AD6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD6)=1,WEEKDAY(AD6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="AE7" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AE6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE6)=1,WEEKDAY(AE6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="AF7" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF6,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF6)=1,WEEKDAY(AF6)=7),"",Erfassung!$B$5*SUM(Erfassung!$H5:$H5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG7" s="1"/>
       <c r="AH7" s="1"/>
       <c r="AI7" s="109">
         <f>Erfassung!H5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ7" s="120" t="s">
         <v>33</v>
       </c>
-      <c r="AK7" s="189">
+      <c r="AK7" s="181">
         <f>(Arbeitszeiten!AJ8-AH8)/Erfassung!H5*'% Änderung unter Jahr'!C8</f>
         <v>0</v>
       </c>
       <c r="AL7" s="110"/>
     </row>
     <row r="8" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="255"/>
+      <c r="A8" s="253"/>
       <c r="B8" s="100" t="str">
         <f>IF(B7="F",B7,Arbeitstage!B7)</f>
         <v>F</v>
       </c>
       <c r="C8" s="101" t="str">
         <f>IF(C7="F",C7,Arbeitstage!C7)</f>
         <v>F</v>
       </c>
       <c r="D8" s="101" t="str">
         <f>IF(D7="F",D7,Arbeitstage!D7)</f>
         <v>F</v>
       </c>
       <c r="E8" s="101" t="str">
         <f>IF(E7="F",E7,Arbeitstage!E7)</f>
         <v>F</v>
       </c>
       <c r="F8" s="101" t="str">
         <f>IF(F7="F",F7,Arbeitstage!F7)</f>
         <v>F</v>
       </c>
       <c r="G8" s="101" t="str">
         <f>IF(G7="F",G7,Arbeitstage!G7)</f>
         <v>F</v>
       </c>
       <c r="H8" s="101" t="str">
@@ -12664,67 +12979,67 @@
         <f>IF(AA7="F",AA7,Arbeitstage!AA7)</f>
         <v>1</v>
       </c>
       <c r="AB8" s="101">
         <f>IF(AB7="F",AB7,Arbeitstage!AB7)</f>
         <v>1</v>
       </c>
       <c r="AC8" s="101" t="str">
         <f>IF(AC7="F",AC7,Arbeitstage!AC7)</f>
         <v/>
       </c>
       <c r="AD8" s="101" t="str">
         <f>IF(AD7="F",AD7,Arbeitstage!AD7)</f>
         <v/>
       </c>
       <c r="AE8" s="101" t="str">
         <f>IF(AE7="F",AE7,Arbeitstage!AE7)</f>
         <v/>
       </c>
       <c r="AF8" s="102" t="str">
         <f>IF(AF7="F",AF7,Arbeitstage!AF7)</f>
         <v/>
       </c>
       <c r="AG8" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH8" s="106">
         <f>IF(AG8="","",AG8*Erfassung!B5*SUM(Erfassung!H5:H5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI8" s="108">
         <f>SUM(B8:AF8)</f>
         <v>15</v>
       </c>
       <c r="AJ8" s="120">
         <f>SUM(B7:AF7)</f>
-        <v>134.4</v>
+        <v>84.000000000000028</v>
       </c>
       <c r="AK8" s="113">
         <f>ROUND(AI8*AI7/5,1)*5</f>
-        <v>15</v>
+        <v>10.5</v>
       </c>
       <c r="AL8" s="110"/>
     </row>
     <row r="9" spans="1:38" ht="12.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="18"/>
       <c r="B9" s="52">
         <f>AC6+1</f>
         <v>46082</v>
       </c>
       <c r="C9" s="33">
         <f t="shared" ref="C9:AF9" si="2">B9+1</f>
         <v>46083</v>
       </c>
       <c r="D9" s="33">
         <f t="shared" si="2"/>
         <v>46084</v>
       </c>
       <c r="E9" s="33">
         <f t="shared" si="2"/>
         <v>46085</v>
       </c>
       <c r="F9" s="33">
         <f t="shared" si="2"/>
         <v>46086</v>
       </c>
@@ -12816,194 +13131,194 @@
         <f t="shared" si="2"/>
         <v>46108</v>
       </c>
       <c r="AC9" s="33">
         <f t="shared" si="2"/>
         <v>46109</v>
       </c>
       <c r="AD9" s="33">
         <f t="shared" si="2"/>
         <v>46110</v>
       </c>
       <c r="AE9" s="33">
         <f t="shared" si="2"/>
         <v>46111</v>
       </c>
       <c r="AF9" s="34">
         <f t="shared" si="2"/>
         <v>46112</v>
       </c>
       <c r="AI9" s="43"/>
       <c r="AJ9" s="121"/>
       <c r="AK9" s="61"/>
       <c r="AL9" s="110"/>
     </row>
     <row r="10" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="253" t="s">
+      <c r="A10" s="251" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="97" t="str">
         <f>IF(ISNA(VLOOKUP(B9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B9)=1,WEEKDAY(B9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="C10" s="98">
         <f>IF(ISNA(VLOOKUP(C9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C9)=1,WEEKDAY(C9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D10" s="98">
         <f>IF(ISNA(VLOOKUP(D9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D9)=1,WEEKDAY(D9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E10" s="98">
         <f>IF(ISNA(VLOOKUP(E9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E9)=1,WEEKDAY(E9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F10" s="98">
         <f>IF(ISNA(VLOOKUP(F9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F9)=1,WEEKDAY(F9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G10" s="98">
         <f>IF(ISNA(VLOOKUP(G9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G9)=1,WEEKDAY(G9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(H9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H9)=1,WEEKDAY(H9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="I10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(I9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I9)=1,WEEKDAY(I9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="J10" s="98">
         <f>IF(ISNA(VLOOKUP(J9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J9)=1,WEEKDAY(J9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K10" s="98">
         <f>IF(ISNA(VLOOKUP(K9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K9)=1,WEEKDAY(K9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L10" s="98">
         <f>IF(ISNA(VLOOKUP(L9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L9)=1,WEEKDAY(L9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M10" s="98">
         <f>IF(ISNA(VLOOKUP(M9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M9)=1,WEEKDAY(M9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N10" s="98">
         <f>IF(ISNA(VLOOKUP(N9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N9)=1,WEEKDAY(N9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(O9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O9)=1,WEEKDAY(O9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="P10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(P9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P9)=1,WEEKDAY(P9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="Q10" s="98">
         <f>IF(ISNA(VLOOKUP(Q9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q9)=1,WEEKDAY(Q9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R10" s="98">
         <f>IF(ISNA(VLOOKUP(R9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R9)=1,WEEKDAY(R9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S10" s="98">
         <f>IF(ISNA(VLOOKUP(S9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S9)=1,WEEKDAY(S9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T10" s="98">
         <f>IF(ISNA(VLOOKUP(T9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T9)=1,WEEKDAY(T9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U10" s="98">
         <f>IF(ISNA(VLOOKUP(U9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U9)=1,WEEKDAY(U9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(V9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V9)=1,WEEKDAY(V9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="W10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(W9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W9)=1,WEEKDAY(W9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="X10" s="98">
         <f>IF(ISNA(VLOOKUP(X9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X9)=1,WEEKDAY(X9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y10" s="98">
         <f>IF(ISNA(VLOOKUP(Y9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y9)=1,WEEKDAY(Y9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z10" s="98">
         <f>IF(ISNA(VLOOKUP(Z9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z9)=1,WEEKDAY(Z9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA10" s="98">
         <f>IF(ISNA(VLOOKUP(AA9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA9)=1,WEEKDAY(AA9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB10" s="98">
         <f>IF(ISNA(VLOOKUP(AB9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB9)=1,WEEKDAY(AB9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AC9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC9)=1,WEEKDAY(AC9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="AD10" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AD9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD9)=1,WEEKDAY(AD9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
         <v/>
       </c>
       <c r="AE10" s="98">
         <f>IF(ISNA(VLOOKUP(AE9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE9)=1,WEEKDAY(AE9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF10" s="99">
         <f>IF(ISNA(VLOOKUP(AF9,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF9)=1,WEEKDAY(AF9)=7),"",Erfassung!$B$5*SUM(Erfassung!$I5:$I5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AG10" s="1"/>
       <c r="AH10" s="1"/>
       <c r="AI10" s="109">
         <f>Erfassung!I5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ10" s="120" t="s">
         <v>4</v>
       </c>
-      <c r="AK10" s="189">
+      <c r="AK10" s="181">
         <f>(Arbeitszeiten!AJ11-AH11)/Erfassung!I5*'% Änderung unter Jahr'!D8</f>
         <v>0</v>
       </c>
       <c r="AL10" s="110"/>
     </row>
     <row r="11" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="255"/>
+      <c r="A11" s="253"/>
       <c r="B11" s="100" t="str">
         <f>IF(B10="F",B10,Arbeitstage!B9)</f>
         <v/>
       </c>
       <c r="C11" s="101">
         <f>IF(C10="F",C10,Arbeitstage!C9)</f>
         <v>1</v>
       </c>
       <c r="D11" s="101">
         <f>IF(D10="F",D10,Arbeitstage!D9)</f>
         <v>1</v>
       </c>
       <c r="E11" s="101">
         <f>IF(E10="F",E10,Arbeitstage!E9)</f>
         <v>1</v>
       </c>
       <c r="F11" s="101">
         <f>IF(F10="F",F10,Arbeitstage!F9)</f>
         <v>1</v>
       </c>
       <c r="G11" s="101">
         <f>IF(G10="F",G10,Arbeitstage!G9)</f>
         <v>1</v>
       </c>
       <c r="H11" s="101" t="str">
@@ -13086,67 +13401,67 @@
         <f>IF(AA10="F",AA10,Arbeitstage!AA9)</f>
         <v>1</v>
       </c>
       <c r="AB11" s="101">
         <f>IF(AB10="F",AB10,Arbeitstage!AB9)</f>
         <v>1</v>
       </c>
       <c r="AC11" s="101" t="str">
         <f>IF(AC10="F",AC10,Arbeitstage!AC9)</f>
         <v/>
       </c>
       <c r="AD11" s="101" t="str">
         <f>IF(AD10="F",AD10,Arbeitstage!AD9)</f>
         <v/>
       </c>
       <c r="AE11" s="101">
         <f>IF(AE10="F",AE10,Arbeitstage!AE9)</f>
         <v>1</v>
       </c>
       <c r="AF11" s="102">
         <f>IF(AF10="F",AF10,Arbeitstage!AF9)</f>
         <v>1</v>
       </c>
       <c r="AG11" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH11" s="106">
         <f>IF(AG11="","",AG11*Erfassung!B5*SUM(Erfassung!I5:I5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI11" s="108">
         <f>SUM(B11:AF11)</f>
         <v>22</v>
       </c>
       <c r="AJ11" s="120">
         <f>SUM(B10:AF10)</f>
-        <v>147.84</v>
+        <v>92.400000000000034</v>
       </c>
       <c r="AK11" s="113">
         <f>ROUND(AI11*AI10/5,1)*5</f>
-        <v>22</v>
+        <v>15.5</v>
       </c>
       <c r="AL11" s="110"/>
     </row>
     <row r="12" spans="1:38" s="8" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="19"/>
       <c r="B12" s="52">
         <f>AF9+1</f>
         <v>46113</v>
       </c>
       <c r="C12" s="33">
         <f t="shared" ref="C12:AE12" si="3">B12+1</f>
         <v>46114</v>
       </c>
       <c r="D12" s="33">
         <f t="shared" si="3"/>
         <v>46115</v>
       </c>
       <c r="E12" s="33">
         <f t="shared" si="3"/>
         <v>46116</v>
       </c>
       <c r="F12" s="33">
         <f t="shared" si="3"/>
         <v>46117</v>
       </c>
@@ -13235,194 +13550,194 @@
         <v>46138</v>
       </c>
       <c r="AB12" s="33">
         <f t="shared" si="3"/>
         <v>46139</v>
       </c>
       <c r="AC12" s="33">
         <f t="shared" si="3"/>
         <v>46140</v>
       </c>
       <c r="AD12" s="33">
         <f t="shared" si="3"/>
         <v>46141</v>
       </c>
       <c r="AE12" s="33">
         <f t="shared" si="3"/>
         <v>46142</v>
       </c>
       <c r="AF12" s="34"/>
       <c r="AI12" s="44"/>
       <c r="AJ12" s="122"/>
       <c r="AK12" s="61"/>
       <c r="AL12" s="110"/>
     </row>
     <row r="13" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="253" t="s">
+      <c r="A13" s="251" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="97">
         <f>IF(ISNA(VLOOKUP(B12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B12)=1,WEEKDAY(B12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C13" s="98">
         <f>IF(ISNA(VLOOKUP(C12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C12)=1,WEEKDAY(C12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(D12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D12)=1,WEEKDAY(D12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="E13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(E12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E12)=1,WEEKDAY(E12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="F13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(F12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F12)=1,WEEKDAY(F12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="G13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(G12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G12)=1,WEEKDAY(G12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="H13" s="98">
         <f>IF(ISNA(VLOOKUP(H12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H12)=1,WEEKDAY(H12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I13" s="98">
         <f>IF(ISNA(VLOOKUP(I12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I12)=1,WEEKDAY(I12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J13" s="98">
         <f>IF(ISNA(VLOOKUP(J12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J12)=1,WEEKDAY(J12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K13" s="98">
         <f>IF(ISNA(VLOOKUP(K12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K12)=1,WEEKDAY(K12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(L12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L12)=1,WEEKDAY(L12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="M13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(M12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M12)=1,WEEKDAY(M12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="N13" s="98">
         <f>IF(ISNA(VLOOKUP(N12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N12)=1,WEEKDAY(N12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O13" s="98">
         <f>IF(ISNA(VLOOKUP(O12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O12)=1,WEEKDAY(O12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P13" s="98">
         <f>IF(ISNA(VLOOKUP(P12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P12)=1,WEEKDAY(P12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q13" s="98">
         <f>IF(ISNA(VLOOKUP(Q12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q12)=1,WEEKDAY(Q12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R13" s="98">
         <f>IF(ISNA(VLOOKUP(R12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R12)=1,WEEKDAY(R12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(S12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S12)=1,WEEKDAY(S12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="T13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(T12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T12)=1,WEEKDAY(T12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="U13" s="98">
         <f>IF(ISNA(VLOOKUP(U12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U12)=1,WEEKDAY(U12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V13" s="98">
         <f>IF(ISNA(VLOOKUP(V12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V12)=1,WEEKDAY(V12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W13" s="98">
         <f>IF(ISNA(VLOOKUP(W12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W12)=1,WEEKDAY(W12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X13" s="98">
         <f>IF(ISNA(VLOOKUP(X12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X12)=1,WEEKDAY(X12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y13" s="98">
         <f>IF(ISNA(VLOOKUP(Y12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y12)=1,WEEKDAY(Y12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z12)=1,WEEKDAY(Z12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="AA13" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AA12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA12)=1,WEEKDAY(AA12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="AB13" s="98">
         <f>IF(ISNA(VLOOKUP(AB12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB12)=1,WEEKDAY(AB12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC13" s="98">
         <f>IF(ISNA(VLOOKUP(AC12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC12)=1,WEEKDAY(AC12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD13" s="98">
         <f>IF(ISNA(VLOOKUP(AD12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD12)=1,WEEKDAY(AD12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE13" s="98">
         <f>IF(ISNA(VLOOKUP(AE12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE12)=1,WEEKDAY(AE12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF13" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF12,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF12)=1,WEEKDAY(AF12)=7),"",Erfassung!$B$5*SUM(Erfassung!$J5:$J5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG13" s="1"/>
       <c r="AH13" s="1"/>
       <c r="AI13" s="109">
         <f>Erfassung!J5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ13" s="120" t="s">
         <v>34</v>
       </c>
-      <c r="AK13" s="189">
+      <c r="AK13" s="181">
         <f>(Arbeitszeiten!AJ14-AH14)/Erfassung!J5*'% Änderung unter Jahr'!E8</f>
         <v>0</v>
       </c>
       <c r="AL13" s="110"/>
     </row>
     <row r="14" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="255"/>
+      <c r="A14" s="253"/>
       <c r="B14" s="100">
         <f>IF(B13="F",B13,Arbeitstage!B11)</f>
         <v>1</v>
       </c>
       <c r="C14" s="101">
         <f>IF(C13="F",C13,Arbeitstage!C11)</f>
         <v>1</v>
       </c>
       <c r="D14" s="101" t="str">
         <f>IF(D13="F",D13,Arbeitstage!D11)</f>
         <v>F</v>
       </c>
       <c r="E14" s="101" t="str">
         <f>IF(E13="F",E13,Arbeitstage!E11)</f>
         <v>F</v>
       </c>
       <c r="F14" s="101" t="str">
         <f>IF(F13="F",F13,Arbeitstage!F11)</f>
         <v>F</v>
       </c>
       <c r="G14" s="101" t="str">
         <f>IF(G13="F",G13,Arbeitstage!G11)</f>
         <v>F</v>
       </c>
       <c r="H14" s="101" t="str">
@@ -13505,67 +13820,67 @@
         <f>IF(AA13="F",AA13,Arbeitstage!AA11)</f>
         <v/>
       </c>
       <c r="AB14" s="101">
         <f>IF(AB13="F",AB13,Arbeitstage!AB11)</f>
         <v>1</v>
       </c>
       <c r="AC14" s="101">
         <f>IF(AC13="F",AC13,Arbeitstage!AC11)</f>
         <v>1</v>
       </c>
       <c r="AD14" s="101">
         <f>IF(AD13="F",AD13,Arbeitstage!AD11)</f>
         <v>1</v>
       </c>
       <c r="AE14" s="101">
         <f>IF(AE13="F",AE13,Arbeitstage!AE11)</f>
         <v>1</v>
       </c>
       <c r="AF14" s="102" t="str">
         <f>IF(AF13="F",AF13,Arbeitstage!AF11)</f>
         <v/>
       </c>
       <c r="AG14" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH14" s="106">
         <f>IF(AG14="","",AG14*Erfassung!B5*SUM(Erfassung!J5:J5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI14" s="108">
         <f>SUM(B14:AF14)</f>
         <v>11</v>
       </c>
       <c r="AJ14" s="120">
         <f>SUM(B13:AF13)</f>
-        <v>134.4</v>
+        <v>84.000000000000028</v>
       </c>
       <c r="AK14" s="113">
         <f>ROUND(AI14*AI13/5,1)*5</f>
-        <v>11</v>
+        <v>7.5</v>
       </c>
       <c r="AL14" s="110"/>
     </row>
     <row r="15" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
       <c r="B15" s="32">
         <f>AE12+1</f>
         <v>46143</v>
       </c>
       <c r="C15" s="33">
         <f t="shared" ref="C15:AF15" si="4">B15+1</f>
         <v>46144</v>
       </c>
       <c r="D15" s="33">
         <f t="shared" si="4"/>
         <v>46145</v>
       </c>
       <c r="E15" s="33">
         <f t="shared" si="4"/>
         <v>46146</v>
       </c>
       <c r="F15" s="33">
         <f t="shared" si="4"/>
         <v>46147</v>
       </c>
@@ -13657,194 +13972,194 @@
         <f t="shared" si="4"/>
         <v>46169</v>
       </c>
       <c r="AC15" s="33">
         <f t="shared" si="4"/>
         <v>46170</v>
       </c>
       <c r="AD15" s="33">
         <f t="shared" si="4"/>
         <v>46171</v>
       </c>
       <c r="AE15" s="33">
         <f t="shared" si="4"/>
         <v>46172</v>
       </c>
       <c r="AF15" s="34">
         <f t="shared" si="4"/>
         <v>46173</v>
       </c>
       <c r="AI15" s="43"/>
       <c r="AJ15" s="121"/>
       <c r="AK15" s="61"/>
       <c r="AL15" s="110"/>
     </row>
     <row r="16" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="253" t="s">
+      <c r="A16" s="251" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="97">
         <f>IF(ISNA(VLOOKUP(B15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B15)=1,WEEKDAY(B15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(C15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C15)=1,WEEKDAY(C15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="D16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(D15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D15)=1,WEEKDAY(D15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="E16" s="98">
         <f>IF(ISNA(VLOOKUP(E15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E15)=1,WEEKDAY(E15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F16" s="98">
         <f>IF(ISNA(VLOOKUP(F15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F15)=1,WEEKDAY(F15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G16" s="98">
         <f>IF(ISNA(VLOOKUP(G15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G15)=1,WEEKDAY(G15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H16" s="98">
         <f>IF(ISNA(VLOOKUP(H15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H15)=1,WEEKDAY(H15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I16" s="98">
         <f>IF(ISNA(VLOOKUP(I15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I15)=1,WEEKDAY(I15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(J15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J15)=1,WEEKDAY(J15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="K16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(K15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K15)=1,WEEKDAY(K15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="L16" s="98">
         <f>IF(ISNA(VLOOKUP(L15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L15)=1,WEEKDAY(L15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M16" s="98">
         <f>IF(ISNA(VLOOKUP(M15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M15)=1,WEEKDAY(M15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N16" s="98">
         <f>IF(ISNA(VLOOKUP(N15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N15)=1,WEEKDAY(N15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(O15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O15)=1,WEEKDAY(O15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="P16" s="98">
         <f>IF(ISNA(VLOOKUP(P15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P15)=1,WEEKDAY(P15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Q15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q15)=1,WEEKDAY(Q15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="R16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(R15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R15)=1,WEEKDAY(R15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="S16" s="98">
         <f>IF(ISNA(VLOOKUP(S15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S15)=1,WEEKDAY(S15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T16" s="98">
         <f>IF(ISNA(VLOOKUP(T15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T15)=1,WEEKDAY(T15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U16" s="98">
         <f>IF(ISNA(VLOOKUP(U15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U15)=1,WEEKDAY(U15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V16" s="98">
         <f>IF(ISNA(VLOOKUP(V15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V15)=1,WEEKDAY(V15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W16" s="98">
         <f>IF(ISNA(VLOOKUP(W15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W15)=1,WEEKDAY(W15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(X15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X15)=1,WEEKDAY(X15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="Y16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Y15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y15)=1,WEEKDAY(Y15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="Z16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z15)=1,WEEKDAY(Z15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="AA16" s="98">
         <f>IF(ISNA(VLOOKUP(AA15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA15)=1,WEEKDAY(AA15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB16" s="98">
         <f>IF(ISNA(VLOOKUP(AB15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB15)=1,WEEKDAY(AB15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC16" s="98">
         <f>IF(ISNA(VLOOKUP(AC15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC15)=1,WEEKDAY(AC15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD16" s="98">
         <f>IF(ISNA(VLOOKUP(AD15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD15)=1,WEEKDAY(AD15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE16" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AE15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE15)=1,WEEKDAY(AE15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="AF16" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF15,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF15)=1,WEEKDAY(AF15)=7),"",Erfassung!$B$5*SUM(Erfassung!$K5:$K5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="109">
         <f>Erfassung!K5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ16" s="120" t="s">
         <v>6</v>
       </c>
-      <c r="AK16" s="189">
+      <c r="AK16" s="181">
         <f>(Arbeitszeiten!AJ17-AH17)/Erfassung!K5*'% Änderung unter Jahr'!F8</f>
         <v>0</v>
       </c>
       <c r="AL16" s="110"/>
     </row>
     <row r="17" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="255"/>
+      <c r="A17" s="253"/>
       <c r="B17" s="100">
         <f>IF(B16="F",B16,Arbeitstage!B13)</f>
         <v>1</v>
       </c>
       <c r="C17" s="101" t="str">
         <f>IF(C16="F",C16,Arbeitstage!C13)</f>
         <v/>
       </c>
       <c r="D17" s="101" t="str">
         <f>IF(D16="F",D16,Arbeitstage!D13)</f>
         <v/>
       </c>
       <c r="E17" s="101">
         <f>IF(E16="F",E16,Arbeitstage!E13)</f>
         <v>1</v>
       </c>
       <c r="F17" s="101">
         <f>IF(F16="F",F16,Arbeitstage!F13)</f>
         <v>1</v>
       </c>
       <c r="G17" s="101">
         <f>IF(G16="F",G16,Arbeitstage!G13)</f>
         <v>1</v>
       </c>
       <c r="H17" s="101">
@@ -13927,67 +14242,67 @@
         <f>IF(AA16="F",AA16,Arbeitstage!AA13)</f>
         <v>1</v>
       </c>
       <c r="AB17" s="101">
         <f>IF(AB16="F",AB16,Arbeitstage!AB13)</f>
         <v>1</v>
       </c>
       <c r="AC17" s="101">
         <f>IF(AC16="F",AC16,Arbeitstage!AC13)</f>
         <v>1</v>
       </c>
       <c r="AD17" s="101">
         <f>IF(AD16="F",AD16,Arbeitstage!AD13)</f>
         <v>1</v>
       </c>
       <c r="AE17" s="101" t="str">
         <f>IF(AE16="F",AE16,Arbeitstage!AE13)</f>
         <v/>
       </c>
       <c r="AF17" s="102" t="str">
         <f>IF(AF16="F",AF16,Arbeitstage!AF13)</f>
         <v/>
       </c>
       <c r="AG17" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH17" s="106">
         <f>IF(AG17="","",AG17*Erfassung!B5*SUM(Erfassung!K5:K5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI17" s="108">
         <f>SUM(B17:AF17)</f>
         <v>19</v>
       </c>
       <c r="AJ17" s="120">
         <f>SUM(B16:AF16)</f>
-        <v>127.67999999999999</v>
+        <v>79.800000000000026</v>
       </c>
       <c r="AK17" s="113">
         <f>ROUND(AI17*AI16/5,1)*5</f>
-        <v>19</v>
+        <v>13.5</v>
       </c>
       <c r="AL17" s="110"/>
     </row>
     <row r="18" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="18"/>
       <c r="B18" s="52">
         <f>AF15+1</f>
         <v>46174</v>
       </c>
       <c r="C18" s="53">
         <f t="shared" ref="C18:AE18" si="5">B18+1</f>
         <v>46175</v>
       </c>
       <c r="D18" s="53">
         <f t="shared" si="5"/>
         <v>46176</v>
       </c>
       <c r="E18" s="53">
         <f t="shared" si="5"/>
         <v>46177</v>
       </c>
       <c r="F18" s="53">
         <f t="shared" si="5"/>
         <v>46178</v>
       </c>
@@ -14076,194 +14391,194 @@
         <v>46199</v>
       </c>
       <c r="AB18" s="53">
         <f t="shared" si="5"/>
         <v>46200</v>
       </c>
       <c r="AC18" s="53">
         <f t="shared" si="5"/>
         <v>46201</v>
       </c>
       <c r="AD18" s="53">
         <f t="shared" si="5"/>
         <v>46202</v>
       </c>
       <c r="AE18" s="53">
         <f t="shared" si="5"/>
         <v>46203</v>
       </c>
       <c r="AF18" s="54"/>
       <c r="AI18" s="43"/>
       <c r="AJ18" s="121"/>
       <c r="AK18" s="61"/>
       <c r="AL18" s="110"/>
     </row>
     <row r="19" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="253" t="s">
+      <c r="A19" s="251" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="97">
         <f>IF(ISNA(VLOOKUP(B18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B18)=1,WEEKDAY(B18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C19" s="98">
         <f>IF(ISNA(VLOOKUP(C18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C18)=1,WEEKDAY(C18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D19" s="98">
         <f>IF(ISNA(VLOOKUP(D18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D18)=1,WEEKDAY(D18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(E18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E18)=1,WEEKDAY(E18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="F19" s="98">
         <f>IF(ISNA(VLOOKUP(F18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F18)=1,WEEKDAY(F18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(G18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G18)=1,WEEKDAY(G18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="H19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(H18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H18)=1,WEEKDAY(H18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="I19" s="98">
         <f>IF(ISNA(VLOOKUP(I18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I18)=1,WEEKDAY(I18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J19" s="98">
         <f>IF(ISNA(VLOOKUP(J18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J18)=1,WEEKDAY(J18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K19" s="98">
         <f>IF(ISNA(VLOOKUP(K18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K18)=1,WEEKDAY(K18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L19" s="98">
         <f>IF(ISNA(VLOOKUP(L18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L18)=1,WEEKDAY(L18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M19" s="98">
         <f>IF(ISNA(VLOOKUP(M18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M18)=1,WEEKDAY(M18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(N18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N18)=1,WEEKDAY(N18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="O19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(O18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O18)=1,WEEKDAY(O18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="P19" s="98">
         <f>IF(ISNA(VLOOKUP(P18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P18)=1,WEEKDAY(P18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q19" s="98">
         <f>IF(ISNA(VLOOKUP(Q18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q18)=1,WEEKDAY(Q18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R19" s="98">
         <f>IF(ISNA(VLOOKUP(R18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R18)=1,WEEKDAY(R18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S19" s="98">
         <f>IF(ISNA(VLOOKUP(S18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S18)=1,WEEKDAY(S18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T19" s="98">
         <f>IF(ISNA(VLOOKUP(T18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T18)=1,WEEKDAY(T18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(U18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U18)=1,WEEKDAY(U18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="V19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(V18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V18)=1,WEEKDAY(V18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="W19" s="98">
         <f>IF(ISNA(VLOOKUP(W18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W18)=1,WEEKDAY(W18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X19" s="98">
         <f>IF(ISNA(VLOOKUP(X18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X18)=1,WEEKDAY(X18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y19" s="98">
         <f>IF(ISNA(VLOOKUP(Y18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y18)=1,WEEKDAY(Y18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z19" s="98">
         <f>IF(ISNA(VLOOKUP(Z18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z18)=1,WEEKDAY(Z18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA19" s="98">
         <f>IF(ISNA(VLOOKUP(AA18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA18)=1,WEEKDAY(AA18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AB18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB18)=1,WEEKDAY(AB18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="AC19" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AC18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC18)=1,WEEKDAY(AC18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="AD19" s="98">
         <f>IF(ISNA(VLOOKUP(AD18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD18)=1,WEEKDAY(AD18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE19" s="98">
         <f>IF(ISNA(VLOOKUP(AE18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE18)=1,WEEKDAY(AE18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF19" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF18,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF18)=1,WEEKDAY(AF18)=7),"",Erfassung!$B$5*SUM(Erfassung!$L5:$L5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="109">
         <f>Erfassung!L5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ19" s="120" t="s">
         <v>7</v>
       </c>
-      <c r="AK19" s="189">
+      <c r="AK19" s="181">
         <f>(Arbeitszeiten!AJ20-AH20)/Erfassung!L5*'% Änderung unter Jahr'!G8</f>
         <v>0</v>
       </c>
       <c r="AL19" s="110"/>
     </row>
     <row r="20" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="255"/>
+      <c r="A20" s="253"/>
       <c r="B20" s="100">
         <f>IF(B19="F",B19,Arbeitstage!B15)</f>
         <v>1</v>
       </c>
       <c r="C20" s="101">
         <f>IF(C19="F",C19,Arbeitstage!C15)</f>
         <v>1</v>
       </c>
       <c r="D20" s="101">
         <f>IF(D19="F",D19,Arbeitstage!D15)</f>
         <v>1</v>
       </c>
       <c r="E20" s="101" t="str">
         <f>IF(E19="F",E19,Arbeitstage!E15)</f>
         <v>F</v>
       </c>
       <c r="F20" s="101">
         <f>IF(F19="F",F19,Arbeitstage!F15)</f>
         <v>1</v>
       </c>
       <c r="G20" s="101" t="str">
         <f>IF(G19="F",G19,Arbeitstage!G15)</f>
         <v/>
       </c>
       <c r="H20" s="101" t="str">
@@ -14346,67 +14661,67 @@
         <f>IF(AA19="F",AA19,Arbeitstage!AA15)</f>
         <v>1</v>
       </c>
       <c r="AB20" s="101" t="str">
         <f>IF(AB19="F",AB19,Arbeitstage!AB15)</f>
         <v/>
       </c>
       <c r="AC20" s="101" t="str">
         <f>IF(AC19="F",AC19,Arbeitstage!AC15)</f>
         <v/>
       </c>
       <c r="AD20" s="101">
         <f>IF(AD19="F",AD19,Arbeitstage!AD15)</f>
         <v>1</v>
       </c>
       <c r="AE20" s="101">
         <f>IF(AE19="F",AE19,Arbeitstage!AE15)</f>
         <v>1</v>
       </c>
       <c r="AF20" s="102" t="str">
         <f>IF(AF19="F",AF19,Arbeitstage!AF15)</f>
         <v/>
       </c>
       <c r="AG20" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH20" s="106">
         <f>IF(AG20="","",AG20*Erfassung!B5*SUM(Erfassung!L5:L5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI20" s="108">
         <f>SUM(B20:AF20)</f>
         <v>21</v>
       </c>
       <c r="AJ20" s="120">
         <f>SUM(B19:AF19)</f>
-        <v>141.12</v>
+        <v>88.200000000000031</v>
       </c>
       <c r="AK20" s="113">
         <f>ROUND(AI20*AI19/5,1)*5</f>
-        <v>21</v>
+        <v>14.5</v>
       </c>
       <c r="AL20" s="110"/>
     </row>
     <row r="21" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="18"/>
       <c r="B21" s="52">
         <f>AE18+1</f>
         <v>46204</v>
       </c>
       <c r="C21" s="33">
         <f t="shared" ref="C21:AF21" si="6">B21+1</f>
         <v>46205</v>
       </c>
       <c r="D21" s="33">
         <f t="shared" si="6"/>
         <v>46206</v>
       </c>
       <c r="E21" s="33">
         <f t="shared" si="6"/>
         <v>46207</v>
       </c>
       <c r="F21" s="33">
         <f t="shared" si="6"/>
         <v>46208</v>
       </c>
@@ -14498,194 +14813,194 @@
         <f t="shared" si="6"/>
         <v>46230</v>
       </c>
       <c r="AC21" s="33">
         <f t="shared" si="6"/>
         <v>46231</v>
       </c>
       <c r="AD21" s="33">
         <f t="shared" si="6"/>
         <v>46232</v>
       </c>
       <c r="AE21" s="33">
         <f t="shared" si="6"/>
         <v>46233</v>
       </c>
       <c r="AF21" s="34">
         <f t="shared" si="6"/>
         <v>46234</v>
       </c>
       <c r="AI21" s="43"/>
       <c r="AJ21" s="121"/>
       <c r="AK21" s="61"/>
       <c r="AL21" s="110"/>
     </row>
     <row r="22" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="253" t="s">
+      <c r="A22" s="251" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="97">
         <f>IF(ISNA(VLOOKUP(B21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B21)=1,WEEKDAY(B21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C22" s="98">
         <f>IF(ISNA(VLOOKUP(C21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C21)=1,WEEKDAY(C21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D22" s="98">
         <f>IF(ISNA(VLOOKUP(D21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D21)=1,WEEKDAY(D21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(E21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E21)=1,WEEKDAY(E21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="F22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(F21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F21)=1,WEEKDAY(F21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="G22" s="98">
         <f>IF(ISNA(VLOOKUP(G21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G21)=1,WEEKDAY(G21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H22" s="98">
         <f>IF(ISNA(VLOOKUP(H21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H21)=1,WEEKDAY(H21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I22" s="98">
         <f>IF(ISNA(VLOOKUP(I21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I21)=1,WEEKDAY(I21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J22" s="98">
         <f>IF(ISNA(VLOOKUP(J21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J21)=1,WEEKDAY(J21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K22" s="98">
         <f>IF(ISNA(VLOOKUP(K21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K21)=1,WEEKDAY(K21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(L21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L21)=1,WEEKDAY(L21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="M22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(M21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M21)=1,WEEKDAY(M21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="N22" s="98">
         <f>IF(ISNA(VLOOKUP(N21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N21)=1,WEEKDAY(N21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O22" s="98">
         <f>IF(ISNA(VLOOKUP(O21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O21)=1,WEEKDAY(O21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P22" s="98">
         <f>IF(ISNA(VLOOKUP(P21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P21)=1,WEEKDAY(P21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q22" s="98">
         <f>IF(ISNA(VLOOKUP(Q21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q21)=1,WEEKDAY(Q21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R22" s="98">
         <f>IF(ISNA(VLOOKUP(R21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R21)=1,WEEKDAY(R21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(S21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S21)=1,WEEKDAY(S21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="T22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(T21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T21)=1,WEEKDAY(T21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="U22" s="98">
         <f>IF(ISNA(VLOOKUP(U21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U21)=1,WEEKDAY(U21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V22" s="98">
         <f>IF(ISNA(VLOOKUP(V21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V21)=1,WEEKDAY(V21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W22" s="98">
         <f>IF(ISNA(VLOOKUP(W21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W21)=1,WEEKDAY(W21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X22" s="98">
         <f>IF(ISNA(VLOOKUP(X21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X21)=1,WEEKDAY(X21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y22" s="98">
         <f>IF(ISNA(VLOOKUP(Y21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y21)=1,WEEKDAY(Y21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z21)=1,WEEKDAY(Z21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="AA22" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AA21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA21)=1,WEEKDAY(AA21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
         <v/>
       </c>
       <c r="AB22" s="98">
         <f>IF(ISNA(VLOOKUP(AB21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB21)=1,WEEKDAY(AB21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC22" s="98">
         <f>IF(ISNA(VLOOKUP(AC21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC21)=1,WEEKDAY(AC21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD22" s="98">
         <f>IF(ISNA(VLOOKUP(AD21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD21)=1,WEEKDAY(AD21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE22" s="98">
         <f>IF(ISNA(VLOOKUP(AE21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE21)=1,WEEKDAY(AE21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF22" s="99">
         <f>IF(ISNA(VLOOKUP(AF21,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF21)=1,WEEKDAY(AF21)=7),"",Erfassung!$B$5*SUM(Erfassung!$M5:$M5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="109">
         <f>Erfassung!M5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ22" s="120" t="s">
         <v>8</v>
       </c>
-      <c r="AK22" s="189">
+      <c r="AK22" s="181">
         <f>(Arbeitszeiten!AJ23-AH23)/Erfassung!M5*'% Änderung unter Jahr'!H8</f>
-        <v>105.41999999999999</v>
+        <v>107.52000000000004</v>
       </c>
       <c r="AL22" s="110"/>
     </row>
     <row r="23" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="255"/>
+      <c r="A23" s="253"/>
       <c r="B23" s="100">
         <f>IF(B22="F",B22,Arbeitstage!B17)</f>
         <v>1</v>
       </c>
       <c r="C23" s="101">
         <f>IF(C22="F",C22,Arbeitstage!C17)</f>
         <v>1</v>
       </c>
       <c r="D23" s="101">
         <f>IF(D22="F",D22,Arbeitstage!D17)</f>
         <v>1</v>
       </c>
       <c r="E23" s="101" t="str">
         <f>IF(E22="F",E22,Arbeitstage!E17)</f>
         <v/>
       </c>
       <c r="F23" s="101" t="str">
         <f>IF(F22="F",F22,Arbeitstage!F17)</f>
         <v/>
       </c>
       <c r="G23" s="101">
         <f>IF(G22="F",G22,Arbeitstage!G17)</f>
         <v>1</v>
       </c>
       <c r="H23" s="101">
@@ -14768,67 +15083,67 @@
         <f>IF(AA22="F",AA22,Arbeitstage!AA17)</f>
         <v>F</v>
       </c>
       <c r="AB23" s="101" t="str">
         <f>IF(AB22="F",AB22,Arbeitstage!AB17)</f>
         <v>F</v>
       </c>
       <c r="AC23" s="101" t="str">
         <f>IF(AC22="F",AC22,Arbeitstage!AC17)</f>
         <v>F</v>
       </c>
       <c r="AD23" s="101" t="str">
         <f>IF(AD22="F",AD22,Arbeitstage!AD17)</f>
         <v>F</v>
       </c>
       <c r="AE23" s="101" t="str">
         <f>IF(AE22="F",AE22,Arbeitstage!AE17)</f>
         <v>F</v>
       </c>
       <c r="AF23" s="102" t="str">
         <f>IF(AF22="F",AF22,Arbeitstage!AF17)</f>
         <v>F</v>
       </c>
       <c r="AG23" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH23" s="106">
         <f>IF(AG23="","",AG23*Erfassung!B5*SUM(Erfassung!M5:M5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI23" s="108">
         <f>SUM(B23:AF23)</f>
         <v>13</v>
       </c>
       <c r="AJ23" s="120">
         <f>SUM(B22:AF22)</f>
-        <v>154.56</v>
+        <v>96.600000000000037</v>
       </c>
       <c r="AK23" s="113">
         <f>ROUND(AI23*AI22/5,1)*5</f>
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="AL23" s="110"/>
     </row>
     <row r="24" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="18"/>
       <c r="B24" s="52">
         <f>AF21+1</f>
         <v>46235</v>
       </c>
       <c r="C24" s="33">
         <f t="shared" ref="C24:AF24" si="7">B24+1</f>
         <v>46236</v>
       </c>
       <c r="D24" s="33">
         <f t="shared" si="7"/>
         <v>46237</v>
       </c>
       <c r="E24" s="33">
         <f t="shared" si="7"/>
         <v>46238</v>
       </c>
       <c r="F24" s="33">
         <f t="shared" si="7"/>
         <v>46239</v>
       </c>
@@ -14920,194 +15235,194 @@
         <f t="shared" si="7"/>
         <v>46261</v>
       </c>
       <c r="AC24" s="33">
         <f t="shared" si="7"/>
         <v>46262</v>
       </c>
       <c r="AD24" s="33">
         <f t="shared" si="7"/>
         <v>46263</v>
       </c>
       <c r="AE24" s="33">
         <f t="shared" si="7"/>
         <v>46264</v>
       </c>
       <c r="AF24" s="34">
         <f t="shared" si="7"/>
         <v>46265</v>
       </c>
       <c r="AI24" s="43"/>
       <c r="AJ24" s="121"/>
       <c r="AK24" s="61"/>
       <c r="AL24" s="110"/>
     </row>
     <row r="25" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="253" t="s">
+      <c r="A25" s="251" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="97" t="str">
         <f>IF(ISNA(VLOOKUP(B24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B24)=1,WEEKDAY(B24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="C25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(C24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C24)=1,WEEKDAY(C24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="D25" s="98">
         <f>IF(ISNA(VLOOKUP(D24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D24)=1,WEEKDAY(D24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E25" s="98">
         <f>IF(ISNA(VLOOKUP(E24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E24)=1,WEEKDAY(E24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F25" s="98">
         <f>IF(ISNA(VLOOKUP(F24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F24)=1,WEEKDAY(F24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G25" s="98">
         <f>IF(ISNA(VLOOKUP(G24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G24)=1,WEEKDAY(G24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H25" s="98">
         <f>IF(ISNA(VLOOKUP(H24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H24)=1,WEEKDAY(H24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(I24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I24)=1,WEEKDAY(I24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="J25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(J24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J24)=1,WEEKDAY(J24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="K25" s="98">
         <f>IF(ISNA(VLOOKUP(K24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K24)=1,WEEKDAY(K24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L25" s="98">
         <f>IF(ISNA(VLOOKUP(L24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L24)=1,WEEKDAY(L24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M25" s="98">
         <f>IF(ISNA(VLOOKUP(M24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M24)=1,WEEKDAY(M24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N25" s="98">
         <f>IF(ISNA(VLOOKUP(N24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N24)=1,WEEKDAY(N24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O25" s="98">
         <f>IF(ISNA(VLOOKUP(O24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O24)=1,WEEKDAY(O24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(P24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P24)=1,WEEKDAY(P24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="Q25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Q24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q24)=1,WEEKDAY(Q24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="R25" s="98">
         <f>IF(ISNA(VLOOKUP(R24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R24)=1,WEEKDAY(R24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S25" s="98">
         <f>IF(ISNA(VLOOKUP(S24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S24)=1,WEEKDAY(S24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T25" s="98">
         <f>IF(ISNA(VLOOKUP(T24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T24)=1,WEEKDAY(T24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U25" s="98">
         <f>IF(ISNA(VLOOKUP(U24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U24)=1,WEEKDAY(U24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V25" s="98">
         <f>IF(ISNA(VLOOKUP(V24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V24)=1,WEEKDAY(V24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(W24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W24)=1,WEEKDAY(W24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="X25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(X24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X24)=1,WEEKDAY(X24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="Y25" s="98">
         <f>IF(ISNA(VLOOKUP(Y24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y24)=1,WEEKDAY(Y24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z25" s="98">
         <f>IF(ISNA(VLOOKUP(Z24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z24)=1,WEEKDAY(Z24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA25" s="98">
         <f>IF(ISNA(VLOOKUP(AA24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA24)=1,WEEKDAY(AA24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB25" s="98">
         <f>IF(ISNA(VLOOKUP(AB24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB24)=1,WEEKDAY(AB24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC25" s="98">
         <f>IF(ISNA(VLOOKUP(AC24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC24)=1,WEEKDAY(AC24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AD24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD24)=1,WEEKDAY(AD24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="AE25" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AE24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE24)=1,WEEKDAY(AE24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
         <v/>
       </c>
       <c r="AF25" s="99">
         <f>IF(ISNA(VLOOKUP(AF24,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF24)=1,WEEKDAY(AF24)=7),"",Erfassung!$B$5*SUM(Erfassung!$N5:$N5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="109">
         <f>Erfassung!N5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ25" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="AK25" s="189">
+      <c r="AK25" s="181">
         <f>(Arbeitszeiten!AJ26-AH26)/Erfassung!N5*'% Änderung unter Jahr'!I8</f>
-        <v>95.34</v>
+        <v>97.44000000000004</v>
       </c>
       <c r="AL25" s="110"/>
     </row>
     <row r="26" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="255"/>
+      <c r="A26" s="253"/>
       <c r="B26" s="100" t="str">
         <f>IF(B25="F",B25,Arbeitstage!B19)</f>
         <v>F</v>
       </c>
       <c r="C26" s="101" t="str">
         <f>IF(C25="F",C25,Arbeitstage!C19)</f>
         <v>F</v>
       </c>
       <c r="D26" s="101" t="str">
         <f>IF(D25="F",D25,Arbeitstage!D19)</f>
         <v>F</v>
       </c>
       <c r="E26" s="101" t="str">
         <f>IF(E25="F",E25,Arbeitstage!E19)</f>
         <v>F</v>
       </c>
       <c r="F26" s="101" t="str">
         <f>IF(F25="F",F25,Arbeitstage!F19)</f>
         <v>F</v>
       </c>
       <c r="G26" s="101" t="str">
         <f>IF(G25="F",G25,Arbeitstage!G19)</f>
         <v>F</v>
       </c>
       <c r="H26" s="101" t="str">
@@ -15190,67 +15505,67 @@
         <f>IF(AA25="F",AA25,Arbeitstage!AA19)</f>
         <v>1</v>
       </c>
       <c r="AB26" s="101">
         <f>IF(AB25="F",AB25,Arbeitstage!AB19)</f>
         <v>1</v>
       </c>
       <c r="AC26" s="101">
         <f>IF(AC25="F",AC25,Arbeitstage!AC19)</f>
         <v>1</v>
       </c>
       <c r="AD26" s="101" t="str">
         <f>IF(AD25="F",AD25,Arbeitstage!AD19)</f>
         <v/>
       </c>
       <c r="AE26" s="101" t="str">
         <f>IF(AE25="F",AE25,Arbeitstage!AE19)</f>
         <v/>
       </c>
       <c r="AF26" s="102">
         <f>IF(AF25="F",AF25,Arbeitstage!AF19)</f>
         <v>1</v>
       </c>
       <c r="AG26" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH26" s="106">
         <f>IF(AG26="","",AG26*Erfassung!B5*SUM(Erfassung!N5:N5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI26" s="108">
         <f>SUM(B26:AF26)</f>
         <v>16</v>
       </c>
       <c r="AJ26" s="120">
         <f>SUM(B25:AF25)</f>
-        <v>141.12</v>
+        <v>88.200000000000031</v>
       </c>
       <c r="AK26" s="113">
         <f>ROUND(AI26*AI25/5,1)*5</f>
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="AL26" s="110"/>
     </row>
     <row r="27" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="18"/>
       <c r="B27" s="32">
         <f>AF24+1</f>
         <v>46266</v>
       </c>
       <c r="C27" s="33">
         <f t="shared" ref="C27:AE27" si="8">B27+1</f>
         <v>46267</v>
       </c>
       <c r="D27" s="33">
         <f t="shared" si="8"/>
         <v>46268</v>
       </c>
       <c r="E27" s="33">
         <f t="shared" si="8"/>
         <v>46269</v>
       </c>
       <c r="F27" s="33">
         <f t="shared" si="8"/>
         <v>46270</v>
       </c>
@@ -15338,193 +15653,193 @@
         <f t="shared" si="8"/>
         <v>46291</v>
       </c>
       <c r="AB27" s="33">
         <f t="shared" si="8"/>
         <v>46292</v>
       </c>
       <c r="AC27" s="33">
         <f t="shared" si="8"/>
         <v>46293</v>
       </c>
       <c r="AD27" s="33">
         <f t="shared" si="8"/>
         <v>46294</v>
       </c>
       <c r="AE27" s="33">
         <f t="shared" si="8"/>
         <v>46295</v>
       </c>
       <c r="AF27" s="34"/>
       <c r="AI27" s="43"/>
       <c r="AJ27" s="121"/>
       <c r="AK27" s="61"/>
     </row>
     <row r="28" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="253" t="s">
+      <c r="A28" s="251" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="97">
         <f>IF(ISNA(VLOOKUP(B27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B27)=1,WEEKDAY(B27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C28" s="98">
         <f>IF(ISNA(VLOOKUP(C27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C27)=1,WEEKDAY(C27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D28" s="98">
         <f>IF(ISNA(VLOOKUP(D27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D27)=1,WEEKDAY(D27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E28" s="98">
         <f>IF(ISNA(VLOOKUP(E27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E27)=1,WEEKDAY(E27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(F27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F27)=1,WEEKDAY(F27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="G28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(G27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G27)=1,WEEKDAY(G27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="H28" s="98">
         <f>IF(ISNA(VLOOKUP(H27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H27)=1,WEEKDAY(H27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I28" s="98">
         <f>IF(ISNA(VLOOKUP(I27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I27)=1,WEEKDAY(I27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J28" s="98">
         <f>IF(ISNA(VLOOKUP(J27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J27)=1,WEEKDAY(J27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K28" s="98">
         <f>IF(ISNA(VLOOKUP(K27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K27)=1,WEEKDAY(K27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L28" s="98">
         <f>IF(ISNA(VLOOKUP(L27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L27)=1,WEEKDAY(L27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(M27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M27)=1,WEEKDAY(M27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="N28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(N27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N27)=1,WEEKDAY(N27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="O28" s="98">
         <f>IF(ISNA(VLOOKUP(O27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O27)=1,WEEKDAY(O27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P28" s="98">
         <f>IF(ISNA(VLOOKUP(P27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P27)=1,WEEKDAY(P27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q28" s="98">
         <f>IF(ISNA(VLOOKUP(Q27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q27)=1,WEEKDAY(Q27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R28" s="98">
         <f>IF(ISNA(VLOOKUP(R27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R27)=1,WEEKDAY(R27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S28" s="98">
         <f>IF(ISNA(VLOOKUP(S27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S27)=1,WEEKDAY(S27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(T27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T27)=1,WEEKDAY(T27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="U28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(U27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U27)=1,WEEKDAY(U27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="V28" s="98">
         <f>IF(ISNA(VLOOKUP(V27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V27)=1,WEEKDAY(V27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W28" s="98">
         <f>IF(ISNA(VLOOKUP(W27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W27)=1,WEEKDAY(W27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X28" s="98">
         <f>IF(ISNA(VLOOKUP(X27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X27)=1,WEEKDAY(X27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y28" s="98">
         <f>IF(ISNA(VLOOKUP(Y27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y27)=1,WEEKDAY(Y27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z28" s="98">
         <f>IF(ISNA(VLOOKUP(Z27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z27)=1,WEEKDAY(Z27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AA27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA27)=1,WEEKDAY(AA27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="AB28" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AB27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB27)=1,WEEKDAY(AB27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="AC28" s="98">
         <f>IF(ISNA(VLOOKUP(AC27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC27)=1,WEEKDAY(AC27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD28" s="98">
         <f>IF(ISNA(VLOOKUP(AD27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD27)=1,WEEKDAY(AD27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE28" s="98">
         <f>IF(ISNA(VLOOKUP(AE27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE27)=1,WEEKDAY(AE27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF28" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF27,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF27)=1,WEEKDAY(AF27)=7),"",Erfassung!$B$5*SUM(Erfassung!$O5:$O5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="109">
         <f>Erfassung!O5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ28" s="120" t="s">
         <v>36</v>
       </c>
-      <c r="AK28" s="189">
+      <c r="AK28" s="181">
         <f>(Arbeitszeiten!AJ29-AH29)/Erfassung!O5*'% Änderung unter Jahr'!J8</f>
-        <v>100.37999999999998</v>
+        <v>102.48000000000003</v>
       </c>
     </row>
     <row r="29" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="255"/>
+      <c r="A29" s="253"/>
       <c r="B29" s="100">
         <f>IF(B28="F",B28,Arbeitstage!B21)</f>
         <v>1</v>
       </c>
       <c r="C29" s="101">
         <f>IF(C28="F",C28,Arbeitstage!C21)</f>
         <v>1</v>
       </c>
       <c r="D29" s="101">
         <f>IF(D28="F",D28,Arbeitstage!D21)</f>
         <v>1</v>
       </c>
       <c r="E29" s="101">
         <f>IF(E28="F",E28,Arbeitstage!E21)</f>
         <v>1</v>
       </c>
       <c r="F29" s="101" t="str">
         <f>IF(F28="F",F28,Arbeitstage!F21)</f>
         <v/>
       </c>
       <c r="G29" s="101" t="str">
         <f>IF(G28="F",G28,Arbeitstage!G21)</f>
         <v/>
       </c>
       <c r="H29" s="101">
@@ -15607,67 +15922,67 @@
         <f>IF(AA28="F",AA28,Arbeitstage!AA21)</f>
         <v/>
       </c>
       <c r="AB29" s="101" t="str">
         <f>IF(AB28="F",AB28,Arbeitstage!AB21)</f>
         <v/>
       </c>
       <c r="AC29" s="101" t="str">
         <f>IF(AC28="F",AC28,Arbeitstage!AC21)</f>
         <v>F</v>
       </c>
       <c r="AD29" s="101" t="str">
         <f>IF(AD28="F",AD28,Arbeitstage!AD21)</f>
         <v>F</v>
       </c>
       <c r="AE29" s="101" t="str">
         <f>IF(AE28="F",AE28,Arbeitstage!AE21)</f>
         <v>F</v>
       </c>
       <c r="AF29" s="102" t="str">
         <f>IF(AF28="F",AF28,Arbeitstage!AF21)</f>
         <v/>
       </c>
       <c r="AG29" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH29" s="106">
         <f>IF(AG29="","",AG29*Erfassung!B5*SUM(Erfassung!O5:O5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI29" s="108">
         <f>SUM(B29:AF29)</f>
         <v>19</v>
       </c>
       <c r="AJ29" s="120">
         <f>SUM(B28:AF28)</f>
-        <v>147.84</v>
+        <v>92.400000000000034</v>
       </c>
       <c r="AK29" s="113">
         <f>ROUND(AI29*AI28/5,1)*5</f>
-        <v>19</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="30" spans="1:38" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="18"/>
       <c r="B30" s="52">
         <f>AE27+1</f>
         <v>46296</v>
       </c>
       <c r="C30" s="53">
         <f t="shared" ref="C30:AF30" si="9">B30+1</f>
         <v>46297</v>
       </c>
       <c r="D30" s="53">
         <f t="shared" si="9"/>
         <v>46298</v>
       </c>
       <c r="E30" s="53">
         <f t="shared" si="9"/>
         <v>46299</v>
       </c>
       <c r="F30" s="53">
         <f t="shared" si="9"/>
         <v>46300</v>
       </c>
       <c r="G30" s="53">
@@ -15757,193 +16072,193 @@
       <c r="AB30" s="53">
         <f t="shared" si="9"/>
         <v>46322</v>
       </c>
       <c r="AC30" s="53">
         <f t="shared" si="9"/>
         <v>46323</v>
       </c>
       <c r="AD30" s="53">
         <f t="shared" si="9"/>
         <v>46324</v>
       </c>
       <c r="AE30" s="53">
         <f t="shared" si="9"/>
         <v>46325</v>
       </c>
       <c r="AF30" s="54">
         <f t="shared" si="9"/>
         <v>46326</v>
       </c>
       <c r="AI30" s="43"/>
       <c r="AJ30" s="121"/>
       <c r="AK30" s="61"/>
     </row>
     <row r="31" spans="1:38" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="253" t="s">
+      <c r="A31" s="251" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="97">
         <f>IF(ISNA(VLOOKUP(B30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B30)=1,WEEKDAY(B30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C31" s="98">
         <f>IF(ISNA(VLOOKUP(C30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C30)=1,WEEKDAY(C30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(D30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D30)=1,WEEKDAY(D30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="E31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(E30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E30)=1,WEEKDAY(E30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="F31" s="98">
         <f>IF(ISNA(VLOOKUP(F30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F30)=1,WEEKDAY(F30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G31" s="98">
         <f>IF(ISNA(VLOOKUP(G30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G30)=1,WEEKDAY(G30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H31" s="98">
         <f>IF(ISNA(VLOOKUP(H30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H30)=1,WEEKDAY(H30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I31" s="98">
         <f>IF(ISNA(VLOOKUP(I30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I30)=1,WEEKDAY(I30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J31" s="98">
         <f>IF(ISNA(VLOOKUP(J30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J30)=1,WEEKDAY(J30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(K30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K30)=1,WEEKDAY(K30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="L31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(L30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L30)=1,WEEKDAY(L30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="M31" s="98">
         <f>IF(ISNA(VLOOKUP(M30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M30)=1,WEEKDAY(M30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N31" s="98">
         <f>IF(ISNA(VLOOKUP(N30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N30)=1,WEEKDAY(N30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O31" s="98">
         <f>IF(ISNA(VLOOKUP(O30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O30)=1,WEEKDAY(O30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P31" s="98">
         <f>IF(ISNA(VLOOKUP(P30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P30)=1,WEEKDAY(P30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q31" s="98">
         <f>IF(ISNA(VLOOKUP(Q30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q30)=1,WEEKDAY(Q30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(R30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R30)=1,WEEKDAY(R30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="S31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(S30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S30)=1,WEEKDAY(S30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="T31" s="98">
         <f>IF(ISNA(VLOOKUP(T30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T30)=1,WEEKDAY(T30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U31" s="98">
         <f>IF(ISNA(VLOOKUP(U30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U30)=1,WEEKDAY(U30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V31" s="98">
         <f>IF(ISNA(VLOOKUP(V30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V30)=1,WEEKDAY(V30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W31" s="98">
         <f>IF(ISNA(VLOOKUP(W30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W30)=1,WEEKDAY(W30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X31" s="98">
         <f>IF(ISNA(VLOOKUP(X30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X30)=1,WEEKDAY(X30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Y30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y30)=1,WEEKDAY(Y30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="Z31" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z30)=1,WEEKDAY(Z30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="AA31" s="98">
         <f>IF(ISNA(VLOOKUP(AA30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA30)=1,WEEKDAY(AA30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB31" s="98">
         <f>IF(ISNA(VLOOKUP(AB30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB30)=1,WEEKDAY(AB30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC31" s="98">
         <f>IF(ISNA(VLOOKUP(AC30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC30)=1,WEEKDAY(AC30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD31" s="98">
         <f>IF(ISNA(VLOOKUP(AD30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD30)=1,WEEKDAY(AD30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE31" s="98">
         <f>IF(ISNA(VLOOKUP(AE30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE30)=1,WEEKDAY(AE30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF31" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF30,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF30)=1,WEEKDAY(AF30)=7),"",Erfassung!$B$5*SUM(Erfassung!$P5:$P5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG31" s="1"/>
       <c r="AH31" s="1"/>
       <c r="AI31" s="109">
         <f>Erfassung!P5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ31" s="120" t="s">
         <v>37</v>
       </c>
-      <c r="AK31" s="189">
+      <c r="AK31" s="181">
         <f>(Arbeitszeiten!AJ32-AH32)/Erfassung!P5*'% Änderung unter Jahr'!K8</f>
-        <v>100.37999999999998</v>
+        <v>102.48000000000003</v>
       </c>
     </row>
     <row r="32" spans="1:38" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="255"/>
+      <c r="A32" s="253"/>
       <c r="B32" s="100" t="str">
         <f>IF(B31="F",B31,Arbeitstage!B23)</f>
         <v>F</v>
       </c>
       <c r="C32" s="101" t="str">
         <f>IF(C31="F",C31,Arbeitstage!C23)</f>
         <v>F</v>
       </c>
       <c r="D32" s="101" t="str">
         <f>IF(D31="F",D31,Arbeitstage!D23)</f>
         <v>F</v>
       </c>
       <c r="E32" s="101" t="str">
         <f>IF(E31="F",E31,Arbeitstage!E23)</f>
         <v>F</v>
       </c>
       <c r="F32" s="101" t="str">
         <f>IF(F31="F",F31,Arbeitstage!F23)</f>
         <v>F</v>
       </c>
       <c r="G32" s="101" t="str">
         <f>IF(G31="F",G31,Arbeitstage!G23)</f>
         <v>F</v>
       </c>
       <c r="H32" s="101" t="str">
@@ -16026,67 +16341,67 @@
         <f>IF(AA31="F",AA31,Arbeitstage!AA23)</f>
         <v>1</v>
       </c>
       <c r="AB32" s="101">
         <f>IF(AB31="F",AB31,Arbeitstage!AB23)</f>
         <v>1</v>
       </c>
       <c r="AC32" s="101">
         <f>IF(AC31="F",AC31,Arbeitstage!AC23)</f>
         <v>1</v>
       </c>
       <c r="AD32" s="101">
         <f>IF(AD31="F",AD31,Arbeitstage!AD23)</f>
         <v>1</v>
       </c>
       <c r="AE32" s="101">
         <f>IF(AE31="F",AE31,Arbeitstage!AE23)</f>
         <v>1</v>
       </c>
       <c r="AF32" s="102" t="str">
         <f>IF(AF31="F",AF31,Arbeitstage!AF23)</f>
         <v/>
       </c>
       <c r="AG32" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH32" s="106">
         <f>IF(AG32="","",AG32*Erfassung!B5*SUM(Erfassung!P5:P5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI32" s="108">
         <f>SUM(B32:AF32)</f>
         <v>15</v>
       </c>
       <c r="AJ32" s="120">
         <f>SUM(B31:AF31)</f>
-        <v>147.84</v>
+        <v>92.400000000000034</v>
       </c>
       <c r="AK32" s="113">
         <f>ROUND(AI32*AI31/5,1)*5</f>
-        <v>15</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="33" spans="1:37" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="18"/>
       <c r="B33" s="52">
         <f>AF30+1</f>
         <v>46327</v>
       </c>
       <c r="C33" s="33">
         <f t="shared" ref="C33:AE33" si="10">B33+1</f>
         <v>46328</v>
       </c>
       <c r="D33" s="33">
         <f t="shared" si="10"/>
         <v>46329</v>
       </c>
       <c r="E33" s="33">
         <f t="shared" si="10"/>
         <v>46330</v>
       </c>
       <c r="F33" s="33">
         <f t="shared" si="10"/>
         <v>46331</v>
       </c>
       <c r="G33" s="33">
@@ -16173,193 +16488,193 @@
         <f t="shared" si="10"/>
         <v>46352</v>
       </c>
       <c r="AB33" s="33">
         <f t="shared" si="10"/>
         <v>46353</v>
       </c>
       <c r="AC33" s="33">
         <f t="shared" si="10"/>
         <v>46354</v>
       </c>
       <c r="AD33" s="33">
         <f t="shared" si="10"/>
         <v>46355</v>
       </c>
       <c r="AE33" s="33">
         <f t="shared" si="10"/>
         <v>46356</v>
       </c>
       <c r="AF33" s="34"/>
       <c r="AI33" s="43"/>
       <c r="AJ33" s="121"/>
       <c r="AK33" s="61"/>
     </row>
     <row r="34" spans="1:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="253" t="s">
+      <c r="A34" s="251" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="97" t="str">
         <f>IF(ISNA(VLOOKUP(B33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B33)=1,WEEKDAY(B33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="C34" s="98">
         <f>IF(ISNA(VLOOKUP(C33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C33)=1,WEEKDAY(C33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D34" s="98">
         <f>IF(ISNA(VLOOKUP(D33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D33)=1,WEEKDAY(D33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E34" s="98">
         <f>IF(ISNA(VLOOKUP(E33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E33)=1,WEEKDAY(E33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F34" s="98">
         <f>IF(ISNA(VLOOKUP(F33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F33)=1,WEEKDAY(F33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="G34" s="98">
         <f>IF(ISNA(VLOOKUP(G33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G33)=1,WEEKDAY(G33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="H34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(H33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H33)=1,WEEKDAY(H33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="I34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(I33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I33)=1,WEEKDAY(I33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="J34" s="98">
         <f>IF(ISNA(VLOOKUP(J33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J33)=1,WEEKDAY(J33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K34" s="98">
         <f>IF(ISNA(VLOOKUP(K33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K33)=1,WEEKDAY(K33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L34" s="98">
         <f>IF(ISNA(VLOOKUP(L33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L33)=1,WEEKDAY(L33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M34" s="98">
         <f>IF(ISNA(VLOOKUP(M33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M33)=1,WEEKDAY(M33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="N34" s="98">
         <f>IF(ISNA(VLOOKUP(N33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N33)=1,WEEKDAY(N33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="O34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(O33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O33)=1,WEEKDAY(O33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="P34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(P33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P33)=1,WEEKDAY(P33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="Q34" s="98">
         <f>IF(ISNA(VLOOKUP(Q33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q33)=1,WEEKDAY(Q33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R34" s="98">
         <f>IF(ISNA(VLOOKUP(R33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R33)=1,WEEKDAY(R33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S34" s="98">
         <f>IF(ISNA(VLOOKUP(S33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S33)=1,WEEKDAY(S33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T34" s="98">
         <f>IF(ISNA(VLOOKUP(T33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T33)=1,WEEKDAY(T33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="U34" s="98">
         <f>IF(ISNA(VLOOKUP(U33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U33)=1,WEEKDAY(U33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="V34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(V33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V33)=1,WEEKDAY(V33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="W34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(W33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W33)=1,WEEKDAY(W33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="X34" s="98">
         <f>IF(ISNA(VLOOKUP(X33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X33)=1,WEEKDAY(X33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y34" s="98">
         <f>IF(ISNA(VLOOKUP(Y33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y33)=1,WEEKDAY(Y33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z34" s="98">
         <f>IF(ISNA(VLOOKUP(Z33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z33)=1,WEEKDAY(Z33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AA34" s="98">
         <f>IF(ISNA(VLOOKUP(AA33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA33)=1,WEEKDAY(AA33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AB34" s="98">
         <f>IF(ISNA(VLOOKUP(AB33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB33)=1,WEEKDAY(AB33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AC34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AC33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC33)=1,WEEKDAY(AC33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="AD34" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AD33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD33)=1,WEEKDAY(AD33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="AE34" s="98">
         <f>IF(ISNA(VLOOKUP(AE33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE33)=1,WEEKDAY(AE33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF34" s="99" t="str">
         <f>IF(ISNA(VLOOKUP(AF33,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF33)=1,WEEKDAY(AF33)=7),"",Erfassung!$B$5*SUM(Erfassung!$Q5:$Q5)/5),"F")</f>
         <v/>
       </c>
       <c r="AG34" s="1"/>
       <c r="AH34" s="1"/>
       <c r="AI34" s="109">
         <f>Erfassung!Q5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ34" s="120" t="s">
         <v>38</v>
       </c>
-      <c r="AK34" s="189">
+      <c r="AK34" s="181">
         <f>(AJ35-AH35)/Erfassung!Q5*'% Änderung unter Jahr'!L8</f>
-        <v>95.34</v>
+        <v>97.44000000000004</v>
       </c>
     </row>
     <row r="35" spans="1:37" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="255"/>
+      <c r="A35" s="253"/>
       <c r="B35" s="100" t="str">
         <f>IF(B34="F",B34,Arbeitstage!B25)</f>
         <v>F</v>
       </c>
       <c r="C35" s="101">
         <f>IF(C34="F",C34,Arbeitstage!C25)</f>
         <v>1</v>
       </c>
       <c r="D35" s="101">
         <f>IF(D34="F",D34,Arbeitstage!D25)</f>
         <v>1</v>
       </c>
       <c r="E35" s="101">
         <f>IF(E34="F",E34,Arbeitstage!E25)</f>
         <v>1</v>
       </c>
       <c r="F35" s="101">
         <f>IF(F34="F",F34,Arbeitstage!F25)</f>
         <v>1</v>
       </c>
       <c r="G35" s="101">
         <f>IF(G34="F",G34,Arbeitstage!G25)</f>
         <v>1</v>
       </c>
       <c r="H35" s="101" t="str">
@@ -16442,67 +16757,67 @@
         <f>IF(AA34="F",AA34,Arbeitstage!AA25)</f>
         <v>1</v>
       </c>
       <c r="AB35" s="101">
         <f>IF(AB34="F",AB34,Arbeitstage!AB25)</f>
         <v>1</v>
       </c>
       <c r="AC35" s="101" t="str">
         <f>IF(AC34="F",AC34,Arbeitstage!AC25)</f>
         <v/>
       </c>
       <c r="AD35" s="101" t="str">
         <f>IF(AD34="F",AD34,Arbeitstage!AD25)</f>
         <v/>
       </c>
       <c r="AE35" s="101">
         <f>IF(AE34="F",AE34,Arbeitstage!AE25)</f>
         <v>1</v>
       </c>
       <c r="AF35" s="102" t="str">
         <f>IF(AF34="F",AF34,Arbeitstage!AF25)</f>
         <v/>
       </c>
       <c r="AG35" s="107">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH35" s="106">
         <f>IF(AG35="","",AG35*Erfassung!B5*SUM(Erfassung!Q5:Q5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI35" s="108">
         <f>SUM(B35:AF35)</f>
         <v>21</v>
       </c>
       <c r="AJ35" s="120">
         <f>SUM(B34:AF34)</f>
-        <v>141.12</v>
+        <v>88.200000000000031</v>
       </c>
       <c r="AK35" s="113">
         <f>ROUND(AI35*AI34/5,1)*5</f>
-        <v>21</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="36" spans="1:37" ht="12.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="18"/>
       <c r="B36" s="52">
         <f>AE33+1</f>
         <v>46357</v>
       </c>
       <c r="C36" s="33">
         <f t="shared" ref="C36:AF36" si="11">B36+1</f>
         <v>46358</v>
       </c>
       <c r="D36" s="33">
         <f t="shared" si="11"/>
         <v>46359</v>
       </c>
       <c r="E36" s="33">
         <f t="shared" si="11"/>
         <v>46360</v>
       </c>
       <c r="F36" s="33">
         <f t="shared" si="11"/>
         <v>46361</v>
       </c>
       <c r="G36" s="33">
@@ -16596,193 +16911,193 @@
       <c r="AC36" s="33">
         <f t="shared" si="11"/>
         <v>46384</v>
       </c>
       <c r="AD36" s="33">
         <f t="shared" si="11"/>
         <v>46385</v>
       </c>
       <c r="AE36" s="33">
         <f t="shared" si="11"/>
         <v>46386</v>
       </c>
       <c r="AF36" s="34">
         <f t="shared" si="11"/>
         <v>46387</v>
       </c>
       <c r="AH36" s="103" t="str">
         <f>IF(AG36="","",AG36*Erfassung!#REF!*SUM(Erfassung!Q:Q)/5)</f>
         <v/>
       </c>
       <c r="AI36" s="104"/>
       <c r="AJ36" s="123"/>
       <c r="AK36" s="105"/>
     </row>
     <row r="37" spans="1:37" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="253" t="s">
+      <c r="A37" s="251" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="97">
         <f>IF(ISNA(VLOOKUP(B36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(B36)=1,WEEKDAY(B36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="C37" s="98">
         <f>IF(ISNA(VLOOKUP(C36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(C36)=1,WEEKDAY(C36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="D37" s="98">
         <f>IF(ISNA(VLOOKUP(D36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(D36)=1,WEEKDAY(D36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="E37" s="98">
         <f>IF(ISNA(VLOOKUP(E36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(E36)=1,WEEKDAY(E36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="F37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(F36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(F36)=1,WEEKDAY(F36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="G37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(G36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(G36)=1,WEEKDAY(G36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="H37" s="98">
         <f>IF(ISNA(VLOOKUP(H36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(H36)=1,WEEKDAY(H36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="I37" s="98">
         <f>IF(ISNA(VLOOKUP(I36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(I36)=1,WEEKDAY(I36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="J37" s="98">
         <f>IF(ISNA(VLOOKUP(J36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(J36)=1,WEEKDAY(J36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="K37" s="98">
         <f>IF(ISNA(VLOOKUP(K36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(K36)=1,WEEKDAY(K36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="L37" s="98">
         <f>IF(ISNA(VLOOKUP(L36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(L36)=1,WEEKDAY(L36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="M37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(M36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(M36)=1,WEEKDAY(M36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="N37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(N36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(N36)=1,WEEKDAY(N36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="O37" s="98">
         <f>IF(ISNA(VLOOKUP(O36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(O36)=1,WEEKDAY(O36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="P37" s="98">
         <f>IF(ISNA(VLOOKUP(P36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(P36)=1,WEEKDAY(P36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Q37" s="98">
         <f>IF(ISNA(VLOOKUP(Q36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Q36)=1,WEEKDAY(Q36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="R37" s="98">
         <f>IF(ISNA(VLOOKUP(R36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(R36)=1,WEEKDAY(R36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="S37" s="98">
         <f>IF(ISNA(VLOOKUP(S36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(S36)=1,WEEKDAY(S36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="T37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(T36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(T36)=1,WEEKDAY(T36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="U37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(U36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(U36)=1,WEEKDAY(U36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="V37" s="98">
         <f>IF(ISNA(VLOOKUP(V36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(V36)=1,WEEKDAY(V36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="W37" s="98">
         <f>IF(ISNA(VLOOKUP(W36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(W36)=1,WEEKDAY(W36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="X37" s="98">
         <f>IF(ISNA(VLOOKUP(X36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(X36)=1,WEEKDAY(X36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Y37" s="98">
         <f>IF(ISNA(VLOOKUP(Y36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Y36)=1,WEEKDAY(Y36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="Z37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(Z36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(Z36)=1,WEEKDAY(Z36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="AA37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AA36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AA36)=1,WEEKDAY(AA36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v>F</v>
       </c>
       <c r="AB37" s="98" t="str">
         <f>IF(ISNA(VLOOKUP(AB36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AB36)=1,WEEKDAY(AB36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
         <v/>
       </c>
       <c r="AC37" s="98">
         <f>IF(ISNA(VLOOKUP(AC36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AC36)=1,WEEKDAY(AC36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AD37" s="98">
         <f>IF(ISNA(VLOOKUP(AD36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AD36)=1,WEEKDAY(AD36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AE37" s="98">
         <f>IF(ISNA(VLOOKUP(AE36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AE36)=1,WEEKDAY(AE36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AF37" s="99">
         <f>IF(ISNA(VLOOKUP(AF36,'Feiertage und Ferien'!$A:$E,3,FALSE)),IF(OR(WEEKDAY(AF36)=1,WEEKDAY(AF36)=7),"",Erfassung!$B$5*SUM(Erfassung!$R5:$R5)/5),"F")</f>
-        <v>6.7200000000000006</v>
+        <v>4.2</v>
       </c>
       <c r="AG37" s="1"/>
       <c r="AH37" s="1"/>
       <c r="AI37" s="109">
         <f>Erfassung!R5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ37" s="120" t="s">
         <v>39</v>
       </c>
-      <c r="AK37" s="189">
+      <c r="AK37" s="181">
         <f>(Arbeitszeiten!AJ38-AH38)/Erfassung!R5*'% Änderung unter Jahr'!M8</f>
-        <v>100.37999999999998</v>
+        <v>102.48000000000003</v>
       </c>
     </row>
     <row r="38" spans="1:37" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="254"/>
+      <c r="A38" s="252"/>
       <c r="B38" s="114">
         <f>IF(B37="F",B37,Arbeitstage!B27)</f>
         <v>1</v>
       </c>
       <c r="C38" s="115">
         <f>IF(C37="F",C37,Arbeitstage!C27)</f>
         <v>1</v>
       </c>
       <c r="D38" s="115">
         <f>IF(D37="F",D37,Arbeitstage!D27)</f>
         <v>1</v>
       </c>
       <c r="E38" s="115">
         <f>IF(E37="F",E37,Arbeitstage!E27)</f>
         <v>1</v>
       </c>
       <c r="F38" s="115" t="str">
         <f>IF(F37="F",F37,Arbeitstage!F27)</f>
         <v/>
       </c>
       <c r="G38" s="115" t="str">
         <f>IF(G37="F",G37,Arbeitstage!G27)</f>
         <v/>
       </c>
       <c r="H38" s="115">
@@ -16865,153 +17180,153 @@
         <f>IF(AA37="F",AA37,Arbeitstage!AA27)</f>
         <v>F</v>
       </c>
       <c r="AB38" s="115" t="str">
         <f>IF(AB37="F",AB37,Arbeitstage!AB27)</f>
         <v>F</v>
       </c>
       <c r="AC38" s="115" t="str">
         <f>IF(AC37="F",AC37,Arbeitstage!AC27)</f>
         <v>F</v>
       </c>
       <c r="AD38" s="115" t="str">
         <f>IF(AD37="F",AD37,Arbeitstage!AD27)</f>
         <v>F</v>
       </c>
       <c r="AE38" s="115" t="str">
         <f>IF(AE37="F",AE37,Arbeitstage!AE27)</f>
         <v>F</v>
       </c>
       <c r="AF38" s="116" t="str">
         <f>IF(AF37="F",AF37,Arbeitstage!AF27)</f>
         <v>F</v>
       </c>
       <c r="AG38" s="117">
         <f>SUM(Erfassung!$D:$D)/12</f>
-        <v>2.0833333333333335</v>
+        <v>1.6666666666666667</v>
       </c>
       <c r="AH38" s="118">
         <f>IF(AG38="","",AG38*Erfassung!B5*SUM(Erfassung!R5:R5)/5)</f>
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AI38" s="119">
         <f>SUM(B38:AF38)</f>
         <v>17</v>
       </c>
       <c r="AJ38" s="124">
         <f>SUM(B37:AF37)</f>
-        <v>147.84</v>
+        <v>92.400000000000034</v>
       </c>
       <c r="AK38" s="113">
         <f>ROUND(AI38*AI37/5,1)*5</f>
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:37" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="9"/>
       <c r="AC39" s="35"/>
     </row>
     <row r="40" spans="1:37" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B40" s="156" t="s">
+      <c r="B40" s="150" t="s">
         <v>30</v>
       </c>
       <c r="C40" s="29" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H40" s="37"/>
       <c r="I40" s="29" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="38"/>
       <c r="M40" s="29" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AI40" s="5"/>
       <c r="AJ40" s="5"/>
       <c r="AK40" s="5"/>
     </row>
     <row r="41" spans="1:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="39" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="29" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1"/>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
       <c r="AH41" s="1"/>
       <c r="AI41" s="111"/>
       <c r="AJ41" s="112" t="s">
         <v>57</v>
       </c>
       <c r="AK41" s="125">
         <f>SUM(AK5,AK8,AK11,AK14,AK17,AK20,AK23,AK26,AK29,AK32,AK35,AK38)</f>
-        <v>201</v>
+        <v>140.5</v>
       </c>
     </row>
     <row r="42" spans="1:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AC42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
     </row>
     <row r="43" spans="1:37" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AG43" s="29"/>
       <c r="AH43" s="29"/>
       <c r="AI43" s="50"/>
       <c r="AJ43" s="51" t="s">
         <v>27</v>
       </c>
       <c r="AK43" s="50">
         <f>SUM(AH38,AH35,AH32,AH29,AH26,AH23,AH20,AH17,AH14,AH11,AH8,AH5)</f>
-        <v>168</v>
+        <v>84</v>
       </c>
     </row>
     <row r="44" spans="1:37" ht="16.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AG44" s="29"/>
       <c r="AH44" s="29"/>
       <c r="AI44" s="50"/>
       <c r="AJ44" s="57" t="s">
         <v>40</v>
       </c>
       <c r="AK44" s="50">
         <f>SUM(AJ5,AJ8,AJ11,AJ14,AJ17,AJ20,AJ23,AJ26,AJ29,AJ32,AJ35,AJ38)</f>
-        <v>1700.1599999999996</v>
+        <v>1062.6000000000004</v>
       </c>
     </row>
     <row r="45" spans="1:37" ht="8.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="AG45" s="29"/>
       <c r="AH45" s="29"/>
       <c r="AI45" s="1"/>
       <c r="AJ45" s="1"/>
     </row>
     <row r="46" spans="1:37" x14ac:dyDescent="0.2">
       <c r="AB46" s="35"/>
       <c r="AI46" s="14"/>
       <c r="AJ46" s="7"/>
     </row>
     <row r="47" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A47" s="9"/>
       <c r="D47" s="35"/>
       <c r="E47" s="40"/>
     </row>
     <row r="48" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A48" s="9"/>
       <c r="D48" s="35"/>
       <c r="E48" s="40"/>
       <c r="AK48" s="7"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.2">
@@ -17038,401 +17353,401 @@
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="A13:A14"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A4:A5"/>
   </mergeCells>
   <conditionalFormatting sqref="B11:B12">
     <cfRule type="cellIs" dxfId="163" priority="24" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="162" priority="25" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B12">
     <cfRule type="cellIs" dxfId="161" priority="232" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B24">
-    <cfRule type="cellIs" dxfId="160" priority="110" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="160" priority="111" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="159" priority="110" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="158" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B35:B36">
     <cfRule type="cellIs" dxfId="157" priority="12" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="156" priority="13" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B36">
     <cfRule type="cellIs" dxfId="155" priority="68" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B37:AE37">
     <cfRule type="cellIs" dxfId="154" priority="44" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="153" priority="45" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="152" priority="46" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B3:AF4">
     <cfRule type="cellIs" dxfId="151" priority="334" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="150" priority="335" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B4:AF4 B7:AF7 B10:AF10 B13:AF13 B16:AF16 B19:AF19 B22:AF22 B25:AF25 B28:AF28 B31:AF31 B34:AF34 B37:AF37">
     <cfRule type="cellIs" dxfId="149" priority="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B4:AF4">
     <cfRule type="cellIs" dxfId="148" priority="263" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B4:AF7">
-    <cfRule type="cellIs" dxfId="147" priority="222" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="147" priority="223" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="146" priority="222" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:AF7">
     <cfRule type="cellIs" dxfId="145" priority="221" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:AF8">
-    <cfRule type="cellIs" dxfId="144" priority="27" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="144" priority="28" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="143" priority="27" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:AF8">
     <cfRule type="cellIs" dxfId="142" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B9:AF10">
-    <cfRule type="cellIs" dxfId="141" priority="210" operator="equal">
+    <cfRule type="cellIs" dxfId="141" priority="211" stopIfTrue="1" operator="equal">
+      <formula>"F"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="140" priority="210" operator="equal">
       <formula>0</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="139" priority="212" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B10:AF10">
-    <cfRule type="cellIs" dxfId="138" priority="208" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="138" priority="209" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="137" priority="208" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B11:AF11">
     <cfRule type="cellIs" dxfId="136" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B12:AF12">
     <cfRule type="cellIs" dxfId="135" priority="233" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="134" priority="234" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:AF13">
-    <cfRule type="cellIs" dxfId="133" priority="196" operator="equal">
-      <formula>0</formula>
+    <cfRule type="cellIs" dxfId="133" priority="198" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="132" priority="197" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="131" priority="198" stopIfTrue="1" operator="equal">
-      <formula>""</formula>
+    <cfRule type="cellIs" dxfId="131" priority="196" operator="equal">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:AF16">
-    <cfRule type="cellIs" dxfId="130" priority="21" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="130" priority="22" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="129" priority="21" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B14:AF16">
     <cfRule type="cellIs" dxfId="128" priority="20" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:AF17">
     <cfRule type="cellIs" dxfId="127" priority="18" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="126" priority="19" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B17:AF17">
     <cfRule type="cellIs" dxfId="125" priority="17" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18:AF19">
-    <cfRule type="cellIs" dxfId="124" priority="104" operator="equal">
-      <formula>0</formula>
+    <cfRule type="cellIs" dxfId="124" priority="106" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="123" priority="105" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="122" priority="106" stopIfTrue="1" operator="equal">
-      <formula>""</formula>
+    <cfRule type="cellIs" dxfId="122" priority="104" operator="equal">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B19:AF22">
-    <cfRule type="cellIs" dxfId="121" priority="97" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="98" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="120" priority="97" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B20:AF22">
     <cfRule type="cellIs" dxfId="119" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B22:AF23">
     <cfRule type="cellIs" dxfId="118" priority="92" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="117" priority="93" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B23:AF23">
     <cfRule type="cellIs" dxfId="116" priority="91" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B24:AF24">
-    <cfRule type="cellIs" dxfId="115" priority="113" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="114" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="114" priority="113" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:AF25">
     <cfRule type="cellIs" dxfId="113" priority="88" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="112" priority="89" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="111" priority="90" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:AF28">
     <cfRule type="cellIs" dxfId="110" priority="79" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="109" priority="80" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B26:AF28">
     <cfRule type="cellIs" dxfId="108" priority="78" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B28:AF29">
     <cfRule type="cellIs" dxfId="107" priority="15" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="106" priority="16" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B29:AF29">
     <cfRule type="cellIs" dxfId="105" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B30:AF31">
-    <cfRule type="cellIs" dxfId="104" priority="60" operator="equal">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="103" priority="61" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="61" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="102" priority="62" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="62" stopIfTrue="1" operator="equal">
       <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="102" priority="60" operator="equal">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B31:AF34">
-    <cfRule type="cellIs" dxfId="101" priority="53" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="54" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="100" priority="53" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B32:AF34">
     <cfRule type="cellIs" dxfId="99" priority="52" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B34:AF34">
-    <cfRule type="cellIs" dxfId="98" priority="50" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="51" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="97" priority="50" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B35:AF35">
     <cfRule type="cellIs" dxfId="96" priority="11" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B36:AF36">
-    <cfRule type="cellIs" dxfId="95" priority="69" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="70" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="94" priority="69" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B37:AF37">
-    <cfRule type="cellIs" dxfId="93" priority="6" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="7" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="92" priority="6" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B38:AF38">
-    <cfRule type="cellIs" dxfId="91" priority="8" operator="equal">
-      <formula>0</formula>
+    <cfRule type="cellIs" dxfId="91" priority="10" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="90" priority="9" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="89" priority="10" stopIfTrue="1" operator="equal">
-      <formula>""</formula>
+    <cfRule type="cellIs" dxfId="89" priority="8" operator="equal">
+      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C11:AF11">
-    <cfRule type="cellIs" dxfId="88" priority="206" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="207" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="87" priority="206" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C12:AF12">
     <cfRule type="cellIs" dxfId="86" priority="242" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="85" priority="243" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="84" priority="244" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C24:AF24">
     <cfRule type="cellIs" dxfId="83" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="82" priority="118" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="81" priority="119" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C35:AF35">
-    <cfRule type="cellIs" dxfId="80" priority="48" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="49" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="79" priority="48" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C36:AF36">
-    <cfRule type="cellIs" dxfId="78" priority="73" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="74" stopIfTrue="1" operator="equal">
+      <formula>"F"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="77" priority="73" operator="equal">
       <formula>0</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="76" priority="75" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF37">
     <cfRule type="cellIs" dxfId="75" priority="3" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="74" priority="4" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="5" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="73" priority="4" stopIfTrue="1" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.33333333333333331" right="0.33402777777777776" top="0.6694444444444444" bottom="1.0513888888888889" header="0.51180555555555551" footer="0.27569444444444446"/>
   <pageSetup paperSize="9" scale="80" firstPageNumber="0" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;8Arbeitszeit per &amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D4:AD4" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00926"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AJ34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AD7" sqref="AD7"/>
     </sheetView>
   </sheetViews>
@@ -17872,55 +18187,55 @@
       <c r="AC5" s="64" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC4)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC4)),"F",IF(OR(WEEKDAY(AC4)=1,WEEKDAY(AC4)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AD5" s="64" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD4)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD4)),"F",IF(OR(WEEKDAY(AD4)=1,WEEKDAY(AD4)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AE5" s="64" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE4)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE4)),"F",IF(OR(WEEKDAY(AE4)=1,WEEKDAY(AE4)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AF5" s="74" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF4)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF4)),"F",IF(OR(WEEKDAY(AF4)=1,WEEKDAY(AF4)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AG5" s="85">
         <f>COUNT(B5:AF5,"&lt;0.1")</f>
         <v>12</v>
       </c>
       <c r="AH5" s="80" t="s">
         <v>32</v>
       </c>
       <c r="AI5" s="81">
         <f>Erfassung!G5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ5" s="94">
         <f>ROUND(AG5*AI5/5,1)*5</f>
-        <v>12</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="62"/>
       <c r="B6" s="65">
         <f>AF4+1</f>
         <v>46054</v>
       </c>
       <c r="C6" s="66">
         <f t="shared" ref="C6:AC6" si="1">B6+1</f>
         <v>46055</v>
       </c>
       <c r="D6" s="66">
         <f t="shared" si="1"/>
         <v>46056</v>
       </c>
       <c r="E6" s="66">
         <f t="shared" si="1"/>
         <v>46057</v>
       </c>
       <c r="F6" s="66">
         <f t="shared" si="1"/>
         <v>46058</v>
       </c>
       <c r="G6" s="66">
@@ -18138,55 +18453,55 @@
       <c r="AC7" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC6)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC6)),"F",IF(OR(WEEKDAY(AC6)=1,WEEKDAY(AC6)=7),"",1))</f>
         <v/>
       </c>
       <c r="AD7" s="68" t="str" cm="1">
         <f t="array" ref="AD7">IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD6)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD6)),"F",IF(OR(WEEKDAY(AD6)=1,WEEKDAY(AD6)=7),"",1))</f>
         <v/>
       </c>
       <c r="AE7" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE6)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE6)),"F",IF(OR(WEEKDAY(AE6)=1,WEEKDAY(AE6)=7),"",1))</f>
         <v/>
       </c>
       <c r="AF7" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF6)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF6)),"F",IF(OR(WEEKDAY(AF6)=1,WEEKDAY(AF6)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG7" s="85">
         <f>COUNT(B7:AF7,"&lt;0.1")</f>
         <v>15</v>
       </c>
       <c r="AH7" s="80" t="s">
         <v>33</v>
       </c>
       <c r="AI7" s="81">
         <f>Erfassung!H5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ7" s="94">
         <f>ROUND(AG7*AI7/5,1)*5</f>
-        <v>15</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="8" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="62"/>
       <c r="B8" s="65">
         <f>AC6+1</f>
         <v>46082</v>
       </c>
       <c r="C8" s="66">
         <f t="shared" ref="C8:AD8" si="2">B8+1</f>
         <v>46083</v>
       </c>
       <c r="D8" s="66">
         <f t="shared" si="2"/>
         <v>46084</v>
       </c>
       <c r="E8" s="66">
         <f t="shared" si="2"/>
         <v>46085</v>
       </c>
       <c r="F8" s="66">
         <f t="shared" si="2"/>
         <v>46086</v>
       </c>
       <c r="G8" s="66">
@@ -18413,55 +18728,55 @@
       <c r="AC9" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC8)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC8)),"F",IF(OR(WEEKDAY(AC8)=1,WEEKDAY(AC8)=7),"",1))</f>
         <v/>
       </c>
       <c r="AD9" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD8)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD8)),"F",IF(OR(WEEKDAY(AD8)=1,WEEKDAY(AD8)=7),"",1))</f>
         <v/>
       </c>
       <c r="AE9" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE8)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE8)),"F",IF(OR(WEEKDAY(AE8)=1,WEEKDAY(AE8)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AF9" s="76">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF8)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF8)),"F",IF(OR(WEEKDAY(AF8)=1,WEEKDAY(AF8)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AG9" s="85">
         <f>COUNT(B9:AF9,"&lt;0.1")</f>
         <v>22</v>
       </c>
       <c r="AH9" s="80" t="s">
         <v>4</v>
       </c>
       <c r="AI9" s="81">
         <f>Erfassung!I5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ9" s="94">
         <f>ROUND(AG9*AI9/5,1)*5</f>
-        <v>22</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="10" spans="1:36" s="8" customFormat="1" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="62"/>
       <c r="B10" s="65">
         <f>AF8+1</f>
         <v>46113</v>
       </c>
       <c r="C10" s="66">
         <f t="shared" ref="C10:AE10" si="5">B10+1</f>
         <v>46114</v>
       </c>
       <c r="D10" s="66">
         <f t="shared" si="5"/>
         <v>46115</v>
       </c>
       <c r="E10" s="66">
         <f t="shared" si="5"/>
         <v>46116</v>
       </c>
       <c r="F10" s="66">
         <f t="shared" si="5"/>
         <v>46117</v>
       </c>
       <c r="G10" s="66">
@@ -18685,55 +19000,55 @@
       <c r="AC11" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC10)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC10)),"F",IF(OR(WEEKDAY(AC10)=1,WEEKDAY(AC10)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AD11" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD10)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD10)),"F",IF(OR(WEEKDAY(AD10)=1,WEEKDAY(AD10)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AE11" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE10)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE10)),"F",IF(OR(WEEKDAY(AE10)=1,WEEKDAY(AE10)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AF11" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF10)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF10)),"F",IF(OR(WEEKDAY(AF10)=1,WEEKDAY(AF10)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG11" s="85">
         <f>COUNT(B11:AF11,"&lt;0.1")</f>
         <v>12</v>
       </c>
       <c r="AH11" s="80" t="s">
         <v>34</v>
       </c>
       <c r="AI11" s="81">
         <f>Erfassung!J5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ11" s="94">
         <f>ROUND(AG11*AI11/5,1)*5</f>
-        <v>12</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="62"/>
       <c r="B12" s="65">
         <f>AE10+1</f>
         <v>46143</v>
       </c>
       <c r="C12" s="66">
         <f t="shared" ref="C12:AF12" si="6">B12+1</f>
         <v>46144</v>
       </c>
       <c r="D12" s="66">
         <f t="shared" si="6"/>
         <v>46145</v>
       </c>
       <c r="E12" s="66">
         <f t="shared" si="6"/>
         <v>46146</v>
       </c>
       <c r="F12" s="66">
         <f t="shared" si="6"/>
         <v>46147</v>
       </c>
       <c r="G12" s="66">
@@ -18960,55 +19275,55 @@
       <c r="AC13" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC12)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC12)),"F",IF(OR(WEEKDAY(AC12)=1,WEEKDAY(AC12)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AD13" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD12)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD12)),"F",IF(OR(WEEKDAY(AD12)=1,WEEKDAY(AD12)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AE13" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE12)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE12)),"F",IF(OR(WEEKDAY(AE12)=1,WEEKDAY(AE12)=7),"",1))</f>
         <v/>
       </c>
       <c r="AF13" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF12)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF12)),"F",IF(OR(WEEKDAY(AF12)=1,WEEKDAY(AF12)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG13" s="85">
         <f>COUNT(B13:AF13,"&lt;0.1")</f>
         <v>21</v>
       </c>
       <c r="AH13" s="80" t="s">
         <v>6</v>
       </c>
       <c r="AI13" s="81">
         <f>Erfassung!K5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ13" s="94">
         <f>ROUND(AG13*AI13/5,1)*5</f>
-        <v>21</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="14" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="62"/>
       <c r="B14" s="65">
         <f>AF12+1</f>
         <v>46174</v>
       </c>
       <c r="C14" s="66">
         <f t="shared" ref="C14:AE14" si="7">B14+1</f>
         <v>46175</v>
       </c>
       <c r="D14" s="66">
         <f t="shared" si="7"/>
         <v>46176</v>
       </c>
       <c r="E14" s="66">
         <f t="shared" si="7"/>
         <v>46177</v>
       </c>
       <c r="F14" s="66">
         <f t="shared" si="7"/>
         <v>46178</v>
       </c>
       <c r="G14" s="66">
@@ -19232,55 +19547,55 @@
       <c r="AC15" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC14)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC14)),"F",IF(OR(WEEKDAY(AC14)=1,WEEKDAY(AC14)=7),"",1))</f>
         <v/>
       </c>
       <c r="AD15" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD14)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD14)),"F",IF(OR(WEEKDAY(AD14)=1,WEEKDAY(AD14)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AE15" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE14)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE14)),"F",IF(OR(WEEKDAY(AE14)=1,WEEKDAY(AE14)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AF15" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF14)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF14)),"F",IF(OR(WEEKDAY(AF14)=1,WEEKDAY(AF14)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG15" s="85">
         <f>COUNT(B15:AF15,"&lt;0.1")</f>
         <v>22</v>
       </c>
       <c r="AH15" s="80" t="s">
         <v>7</v>
       </c>
       <c r="AI15" s="81">
         <f>Erfassung!L5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ15" s="94">
         <f>ROUND(AG15*AI15/5,1)*5</f>
-        <v>22</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="16" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="62"/>
       <c r="B16" s="65">
         <f>AE14+1</f>
         <v>46204</v>
       </c>
       <c r="C16" s="66">
         <f t="shared" ref="C16:AF16" si="8">B16+1</f>
         <v>46205</v>
       </c>
       <c r="D16" s="66">
         <f t="shared" si="8"/>
         <v>46206</v>
       </c>
       <c r="E16" s="66">
         <f t="shared" si="8"/>
         <v>46207</v>
       </c>
       <c r="F16" s="66">
         <f t="shared" si="8"/>
         <v>46208</v>
       </c>
       <c r="G16" s="66">
@@ -19507,55 +19822,55 @@
       <c r="AC17" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC16)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC16)),"F",IF(OR(WEEKDAY(AC16)=1,WEEKDAY(AC16)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AD17" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD16)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD16)),"F",IF(OR(WEEKDAY(AD16)=1,WEEKDAY(AD16)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AE17" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE16)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE16)),"F",IF(OR(WEEKDAY(AE16)=1,WEEKDAY(AE16)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AF17" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF16)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF16)),"F",IF(OR(WEEKDAY(AF16)=1,WEEKDAY(AF16)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AG17" s="85">
         <f>COUNT(B17:AF17,"&lt;0.1")</f>
         <v>13</v>
       </c>
       <c r="AH17" s="80" t="s">
         <v>8</v>
       </c>
       <c r="AI17" s="81">
         <f>Erfassung!M5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ17" s="94">
         <f>ROUND(AG17*AI17/5,1)*5</f>
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="62"/>
       <c r="B18" s="65">
         <f>AF16+1</f>
         <v>46235</v>
       </c>
       <c r="C18" s="66">
         <f t="shared" ref="C18:AF18" si="9">B18+1</f>
         <v>46236</v>
       </c>
       <c r="D18" s="66">
         <f t="shared" si="9"/>
         <v>46237</v>
       </c>
       <c r="E18" s="66">
         <f t="shared" si="9"/>
         <v>46238</v>
       </c>
       <c r="F18" s="66">
         <f t="shared" si="9"/>
         <v>46239</v>
       </c>
       <c r="G18" s="66">
@@ -19782,55 +20097,55 @@
       <c r="AC19" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC18)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC18)),"F",IF(OR(WEEKDAY(AC18)=1,WEEKDAY(AC18)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AD19" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD18)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD18)),"F",IF(OR(WEEKDAY(AD18)=1,WEEKDAY(AD18)=7),"",1))</f>
         <v/>
       </c>
       <c r="AE19" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE18)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE18)),"F",IF(OR(WEEKDAY(AE18)=1,WEEKDAY(AE18)=7),"",1))</f>
         <v/>
       </c>
       <c r="AF19" s="76">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF18)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF18)),"F",IF(OR(WEEKDAY(AF18)=1,WEEKDAY(AF18)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AG19" s="85">
         <f>COUNT(B19:AF19,"&lt;0.1")</f>
         <v>16</v>
       </c>
       <c r="AH19" s="80" t="s">
         <v>35</v>
       </c>
       <c r="AI19" s="81">
         <f>Erfassung!N5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ19" s="94">
         <f>ROUND(AG19*AI19/5,1)*5</f>
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="62"/>
       <c r="B20" s="65">
         <f>AF18+1</f>
         <v>46266</v>
       </c>
       <c r="C20" s="66">
         <f t="shared" ref="C20:AE20" si="10">B20+1</f>
         <v>46267</v>
       </c>
       <c r="D20" s="66">
         <f t="shared" si="10"/>
         <v>46268</v>
       </c>
       <c r="E20" s="66">
         <f t="shared" si="10"/>
         <v>46269</v>
       </c>
       <c r="F20" s="66">
         <f t="shared" si="10"/>
         <v>46270</v>
       </c>
       <c r="G20" s="66">
@@ -20054,55 +20369,55 @@
       <c r="AC21" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC20)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC20)),"F",IF(OR(WEEKDAY(AC20)=1,WEEKDAY(AC20)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AD21" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD20)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD20)),"F",IF(OR(WEEKDAY(AD20)=1,WEEKDAY(AD20)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AE21" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE20)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE20)),"F",IF(OR(WEEKDAY(AE20)=1,WEEKDAY(AE20)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AF21" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF20)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF20)),"F",IF(OR(WEEKDAY(AF20)=1,WEEKDAY(AF20)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG21" s="85">
         <f>COUNT(B21:AF21,"&lt;0.1")</f>
         <v>19</v>
       </c>
       <c r="AH21" s="80" t="s">
         <v>36</v>
       </c>
       <c r="AI21" s="81">
         <f>Erfassung!O5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ21" s="94">
         <f>ROUND(AG21*AI21/5,1)*5</f>
-        <v>19</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="22" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="62"/>
       <c r="B22" s="65">
         <f>AE20+1</f>
         <v>46296</v>
       </c>
       <c r="C22" s="66">
         <f t="shared" ref="C22:AF22" si="11">B22+1</f>
         <v>46297</v>
       </c>
       <c r="D22" s="66">
         <f t="shared" si="11"/>
         <v>46298</v>
       </c>
       <c r="E22" s="66">
         <f t="shared" si="11"/>
         <v>46299</v>
       </c>
       <c r="F22" s="66">
         <f t="shared" si="11"/>
         <v>46300</v>
       </c>
       <c r="G22" s="66">
@@ -20329,55 +20644,55 @@
       <c r="AC23" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC22)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC22)),"F",IF(OR(WEEKDAY(AC22)=1,WEEKDAY(AC22)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AD23" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD22)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD22)),"F",IF(OR(WEEKDAY(AD22)=1,WEEKDAY(AD22)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AE23" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE22)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE22)),"F",IF(OR(WEEKDAY(AE22)=1,WEEKDAY(AE22)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AF23" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF22)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF22)),"F",IF(OR(WEEKDAY(AF22)=1,WEEKDAY(AF22)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG23" s="85">
         <f>COUNT(B23:AF23,"&lt;0.1")</f>
         <v>15</v>
       </c>
       <c r="AH23" s="80" t="s">
         <v>37</v>
       </c>
       <c r="AI23" s="81">
         <f>Erfassung!P5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ23" s="94">
         <f>ROUND(AG23*AI23/5,1)*5</f>
-        <v>15</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="24" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="62"/>
       <c r="B24" s="65">
         <f>AF22+1</f>
         <v>46327</v>
       </c>
       <c r="C24" s="66">
         <f t="shared" ref="C24:AE24" si="12">B24+1</f>
         <v>46328</v>
       </c>
       <c r="D24" s="66">
         <f t="shared" si="12"/>
         <v>46329</v>
       </c>
       <c r="E24" s="66">
         <f t="shared" si="12"/>
         <v>46330</v>
       </c>
       <c r="F24" s="66">
         <f t="shared" si="12"/>
         <v>46331</v>
       </c>
       <c r="G24" s="66">
@@ -20601,55 +20916,55 @@
       <c r="AC25" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC24)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC24)),"F",IF(OR(WEEKDAY(AC24)=1,WEEKDAY(AC24)=7),"",1))</f>
         <v/>
       </c>
       <c r="AD25" s="68" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD24)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD24)),"F",IF(OR(WEEKDAY(AD24)=1,WEEKDAY(AD24)=7),"",1))</f>
         <v/>
       </c>
       <c r="AE25" s="68">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE24)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE24)),"F",IF(OR(WEEKDAY(AE24)=1,WEEKDAY(AE24)=7),"",1))</f>
         <v>1</v>
       </c>
       <c r="AF25" s="76" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF24)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF24)),"F",IF(OR(WEEKDAY(AF24)=1,WEEKDAY(AF24)=7),"",1))</f>
         <v/>
       </c>
       <c r="AG25" s="85">
         <f>COUNT(B25:AF25,"&lt;0.1")</f>
         <v>21</v>
       </c>
       <c r="AH25" s="80" t="s">
         <v>38</v>
       </c>
       <c r="AI25" s="81">
         <f>Erfassung!Q5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ25" s="94">
         <f>ROUND(AG25*AI25/5,1)*5</f>
-        <v>21</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="26" spans="1:36" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="62"/>
       <c r="B26" s="65">
         <f>AE24+1</f>
         <v>46357</v>
       </c>
       <c r="C26" s="66">
         <f t="shared" ref="C26:AF26" si="13">B26+1</f>
         <v>46358</v>
       </c>
       <c r="D26" s="66">
         <f t="shared" si="13"/>
         <v>46359</v>
       </c>
       <c r="E26" s="66">
         <f t="shared" si="13"/>
         <v>46360</v>
       </c>
       <c r="F26" s="66">
         <f t="shared" si="13"/>
         <v>46361</v>
       </c>
       <c r="G26" s="66">
@@ -20876,55 +21191,55 @@
       <c r="AC27" s="70" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AC26)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AC26)),"F",IF(OR(WEEKDAY(AC26)=1,WEEKDAY(AC26)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AD27" s="70" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AD26)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AD26)),"F",IF(OR(WEEKDAY(AD26)=1,WEEKDAY(AD26)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AE27" s="70" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AE26)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AE26)),"F",IF(OR(WEEKDAY(AE26)=1,WEEKDAY(AE26)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AF27" s="78" t="str">
         <f>IF(SUMPRODUCT(('Feiertage und Ferien'!$H$8:$H$13&lt;=AF26)*('Feiertage und Ferien'!$I$8:$I$13&gt;=AF26)),"F",IF(OR(WEEKDAY(AF26)=1,WEEKDAY(AF26)=7),"",1))</f>
         <v>F</v>
       </c>
       <c r="AG27" s="89">
         <f>COUNT(B27:AF27,"&lt;0.1")</f>
         <v>17</v>
       </c>
       <c r="AH27" s="90" t="s">
         <v>39</v>
       </c>
       <c r="AI27" s="91">
         <f>Erfassung!R5+20%</f>
-        <v>1</v>
+        <v>0.7</v>
       </c>
       <c r="AJ27" s="95">
         <f>ROUND(AG27*AI27/5,1)*5</f>
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:36" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="9"/>
       <c r="AC28" s="35"/>
     </row>
     <row r="29" spans="1:36" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="29" t="s">
         <v>27</v>
       </c>
       <c r="F29" s="37"/>
       <c r="G29" s="29" t="s">
         <v>28</v>
       </c>
       <c r="J29" s="38"/>
       <c r="K29" s="29" t="s">
         <v>29</v>
       </c>
       <c r="N29" s="39" t="s">
         <v>30</v>
       </c>
@@ -20974,337 +21289,337 @@
       <c r="H33" s="55" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="55"/>
       <c r="J33" s="55"/>
       <c r="K33" s="55"/>
       <c r="L33" s="55"/>
       <c r="M33" s="55"/>
       <c r="N33" s="55"/>
       <c r="O33" s="55"/>
       <c r="P33" s="96" t="s">
         <v>56</v>
       </c>
       <c r="Q33" s="58"/>
       <c r="R33" s="58"/>
       <c r="S33" s="58"/>
       <c r="T33" s="58"/>
       <c r="U33" s="58"/>
       <c r="V33" s="58"/>
       <c r="W33" s="58"/>
       <c r="X33" s="58"/>
       <c r="Y33" s="55"/>
       <c r="Z33" s="55"/>
       <c r="AA33" s="55"/>
       <c r="AB33" s="56" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AC33" s="55"/>
       <c r="AD33" s="55"/>
       <c r="AE33" s="55"/>
       <c r="AF33" s="55"/>
       <c r="AG33" s="55"/>
       <c r="AH33" s="55"/>
       <c r="AI33" s="55"/>
       <c r="AJ33" s="48"/>
     </row>
     <row r="34" spans="7:36" x14ac:dyDescent="0.2">
       <c r="G34" s="45"/>
       <c r="H34" s="45"/>
       <c r="I34" s="45"/>
       <c r="J34" s="45"/>
       <c r="K34" s="45"/>
       <c r="L34" s="45"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="45"/>
       <c r="Q34" s="45"/>
       <c r="R34" s="45"/>
       <c r="S34" s="45"/>
       <c r="T34" s="45"/>
       <c r="U34" s="45"/>
       <c r="V34" s="45"/>
       <c r="W34" s="45"/>
       <c r="X34" s="45"/>
       <c r="Y34" s="45"/>
       <c r="Z34" s="45"/>
       <c r="AA34" s="45"/>
       <c r="AB34" s="45"/>
       <c r="AC34" s="45"/>
       <c r="AD34" s="45"/>
       <c r="AE34" s="49"/>
       <c r="AF34" s="46"/>
       <c r="AG34" s="45"/>
       <c r="AH34" s="45"/>
       <c r="AI34" s="45"/>
       <c r="AJ34" s="47"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="40" type="noConversion"/>
   <conditionalFormatting sqref="B4:AF24">
-    <cfRule type="cellIs" dxfId="72" priority="78" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="79" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="71" priority="78" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:AF27">
     <cfRule type="cellIs" dxfId="70" priority="75" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:AF7">
-    <cfRule type="cellIs" dxfId="69" priority="61" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="63" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="68" priority="62" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="67" priority="63" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="61" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="66" priority="64" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B9:AF9">
     <cfRule type="cellIs" dxfId="65" priority="55" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="64" priority="56" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="60" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="63" priority="57" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="59" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="62" priority="58" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="61" priority="59" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="57" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="60" priority="60" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="56" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B11:AF11">
-    <cfRule type="cellIs" dxfId="59" priority="49" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="53" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="58" priority="50" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="52" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="57" priority="51" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="56" priority="52" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="50" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="55" priority="53" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="49" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="54" priority="54" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:AF13">
-    <cfRule type="cellIs" dxfId="53" priority="43" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="46" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="52" priority="48" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="51" priority="47" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="52" priority="44" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="50" priority="45" stopIfTrue="1" operator="equal">
+      <formula>"F"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="49" priority="44" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="51" priority="45" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="48" priority="43" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...7 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B15:AF15">
-    <cfRule type="cellIs" dxfId="47" priority="37" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="38" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="46" priority="39" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="46" priority="38" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="45" priority="40" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="45" priority="39" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="44" priority="41" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="44" priority="40" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="43" priority="42" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="43" priority="41" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="42" priority="37" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B17:AF17">
     <cfRule type="cellIs" dxfId="41" priority="31" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="40" priority="32" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="40" priority="36" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="39" priority="33" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="39" priority="35" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="38" priority="34" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="37" priority="35" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="37" priority="33" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="36" priority="36" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="36" priority="32" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B19:AF19">
-    <cfRule type="cellIs" dxfId="35" priority="25" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="35" priority="26" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="34" priority="30" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="33" priority="29" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="34" priority="26" stopIfTrue="1" operator="equal">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="33" priority="27" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="32" priority="27" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="32" priority="28" stopIfTrue="1" operator="equal">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="31" priority="29" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="31" priority="25" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="30" priority="30" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="30" priority="28" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B21:AF21">
     <cfRule type="cellIs" dxfId="29" priority="19" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="28" priority="20" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="28" priority="21" stopIfTrue="1" operator="equal">
+      <formula>"F"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="27" priority="22" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="27" priority="21" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="26" priority="23" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="26" priority="22" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="25" priority="24" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="25" priority="23" stopIfTrue="1" operator="equal">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="24" priority="24" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="24" priority="20" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B23:AF23">
-    <cfRule type="cellIs" dxfId="23" priority="13" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="23" priority="18" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="22" priority="17" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="22" priority="14" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="21" priority="16" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="21" priority="15" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="20" priority="15" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="20" priority="16" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="14" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="19" priority="17" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="18" priority="13" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:AF25">
-    <cfRule type="cellIs" dxfId="17" priority="7" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="17" priority="9" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="16" priority="8" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="16" priority="11" stopIfTrue="1" operator="equal">
+      <formula>"F"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="15" priority="10" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="15" priority="9" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="14" priority="66" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="10" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="67" stopIfTrue="1" operator="equal">
       <formula>""</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="12" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="11" priority="66" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="7" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="67" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="10" priority="8" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B26:AF26">
-    <cfRule type="cellIs" dxfId="9" priority="118" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="9" priority="119" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="8" priority="118" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B27:AF27">
-    <cfRule type="cellIs" dxfId="7" priority="1" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="2" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="6" priority="6" stopIfTrue="1" operator="equal">
+      <formula>""</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="5" priority="1" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="2" stopIfTrue="1" operator="equal">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="5" priority="3" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="71" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="5" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="2" priority="6" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="2" priority="4" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="1" priority="71" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="1" priority="3" stopIfTrue="1" operator="equal">
       <formula>"F"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="72" stopIfTrue="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="P33" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="P33:X33" r:id="rId2" display="http://ssa-app.ch/WorkingHours?page=1" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
     <hyperlink ref="AB33" r:id="rId3" display="im ssa-app erfassen." xr:uid="{00000000-0004-0000-0300-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.33333333333333331" right="0.33402777777777776" top="0.6694444444444444" bottom="1.0513888888888889" header="0.51180555555555551" footer="0.27569444444444446"/>
   <pageSetup paperSize="9" scale="78" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId4"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;8Arbeitszeit per &amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="C5:AF5 B19 AJ7 C9:AF27 C6:AC6 AE6:AF6 C7:Z7 AE7:AF7 AA7:AD7 C8:AC8 AJ9 AJ13 AJ11 AJ15 AJ17 AJ19 AJ21 AJ23 AJ25" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>